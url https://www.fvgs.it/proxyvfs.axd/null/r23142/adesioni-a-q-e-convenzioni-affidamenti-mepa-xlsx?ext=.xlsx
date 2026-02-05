--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -8,66 +8,66 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\TRASPARENZA\BANDI DI GARA E CONTRATTI\Adesione A.Q e Convenzioni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19850" windowHeight="8910"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19845" windowHeight="8910"/>
   </bookViews>
   <sheets>
     <sheet name="CUC_fvg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="118">
   <si>
     <t xml:space="preserve">AFFIDATARIO </t>
   </si>
   <si>
     <t xml:space="preserve">IMPORTO </t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>PROTOCOLLO</t>
   </si>
   <si>
     <t>LINK PROVVEDIMENTO</t>
   </si>
   <si>
     <t>ORDINE FORNITORE</t>
   </si>
   <si>
     <t>0010650</t>
   </si>
   <si>
     <t>OA022034</t>
   </si>
   <si>
@@ -353,50 +353,74 @@
     <t>0036459</t>
   </si>
   <si>
     <t>8614561</t>
   </si>
   <si>
     <t>B76B3A5F17</t>
   </si>
   <si>
     <t>EDISON ENERGIA S.P.A.</t>
   </si>
   <si>
     <t>00444217</t>
   </si>
   <si>
     <t>8692227</t>
   </si>
   <si>
     <t>B82B6AB60B</t>
   </si>
   <si>
     <t>Energia elettrica 22 - Lotto 4 - Trentino Alto Adige, Friuli Venezia Giulia - Trentino Alto Adige, Friuli Venezia Giulia - attivazione nuova utenza IT001E04018207 e subentro utenza IT001E04018207</t>
   </si>
   <si>
     <t>Energia elettrica 22 - Lotto 4 - Trentino Alto Adige, Friuli Venezia Giulia - Trentino Alto Adige, Friuli Venezia Giulia - Ordine Diretto - attivazione nuova utenza IT001E12535760</t>
+  </si>
+  <si>
+    <t>B993FEE80F</t>
+  </si>
+  <si>
+    <t>0060008</t>
+  </si>
+  <si>
+    <t>8864355</t>
+  </si>
+  <si>
+    <t>Gas Naturale 17 - Lotto 5 - Emilia Romagna, Friuli Venezia Giulia - Emilia Romagna, Friuli Venezia Giulia</t>
+  </si>
+  <si>
+    <t>0000427</t>
+  </si>
+  <si>
+    <t>8881612</t>
+  </si>
+  <si>
+    <t>B9DFA37A56</t>
+  </si>
+  <si>
+    <t>Energia elettrica 22 - Lotto 4 - Trentino Alto Adige, Friuli Venezia Giulia - Trentino Alto Adige, Friuli Venezia Giulia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Yu Gothic UI Semilight"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -1049,2816 +1073,2858 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26650/b13c2db4be-day-ristoservice-spa-pdf?ext=.pdf&amp;v=18875" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27649/b519c416fa-agsm-aim-energia-s-p-a-pdf?ext=.pdf&amp;v=19834" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26092/b036abaa85-icr-spa-pdf?ext=.pdf&amp;v=18357" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26509/b116767882-lyreco-italia-spa-pdf?ext=.pdf&amp;v=18752" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27535/b48969fed4-dolomiti-energia-spa-pdf?ext=.pdf&amp;v=19730" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28694/b82b6ab60b-edison-energia-spa-pdf?ext=.pdf&amp;v=20855" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23225/cig-917493323b-randstad-italia-spa-pdf?ext=.PDF&amp;v=15641" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28566/b76b3a5f17-edison-energia-spa-pdf?ext=.pdf&amp;v=20732" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23141/cig-915219670f-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=15562" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26192/b03f3dc4ea-enel-energia_voltura-pdf?ext=.pdf&amp;v=18458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27536/b442659020-sicuritalia-ivri-s-p-a-pdf?ext=.pdf&amp;v=19731" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26191/a02f933a26-enel-energia-pdf?ext=.pdf&amp;v=18457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27854/b5827c9829-g-giappichelli-editore-srl-pdf?ext=.pdf&amp;v=20039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27064/b2bc685b3b-nada-2008-srl-pdf?ext=.pdf&amp;v=19273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26193/z363d32887-hera-comm-s-p-a-pdf?ext=.pdf&amp;v=18459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26811/b224a028fd-simul-news-srl-pdf?ext=.pdf&amp;v=19039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27689/b544c056e3-italiana-petroli-s-p-a-pdf?ext=.pdf&amp;v=19882" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26650/b13c2db4be-day-ristoservice-spa-pdf?ext=.pdf&amp;v=18875" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27649/b519c416fa-agsm-aim-energia-s-p-a-pdf?ext=.pdf&amp;v=19834" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29147/b993fee80f-edison-energia-spa-pdf?ext=.pdf&amp;v=21285" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26092/b036abaa85-icr-spa-pdf?ext=.pdf&amp;v=18357" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26509/b116767882-lyreco-italia-spa-pdf?ext=.pdf&amp;v=18752" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27535/b48969fed4-dolomiti-energia-spa-pdf?ext=.pdf&amp;v=19730" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28694/b82b6ab60b-edison-energia-spa-pdf?ext=.pdf&amp;v=20855" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23225/cig-917493323b-randstad-italia-spa-pdf?ext=.PDF&amp;v=15641" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28566/b76b3a5f17-edison-energia-spa-pdf?ext=.pdf&amp;v=20732" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23141/cig-915219670f-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=15562" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26192/b03f3dc4ea-enel-energia_voltura-pdf?ext=.pdf&amp;v=18458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27536/b442659020-sicuritalia-ivri-s-p-a-pdf?ext=.pdf&amp;v=19731" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26191/a02f933a26-enel-energia-pdf?ext=.pdf&amp;v=18457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27854/b5827c9829-g-giappichelli-editore-srl-pdf?ext=.pdf&amp;v=20039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27064/b2bc685b3b-nada-2008-srl-pdf?ext=.pdf&amp;v=19273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29204/b9dfa37a56-edison-energia-spa-pdf?ext=.pdf&amp;v=21340" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26193/z363d32887-hera-comm-s-p-a-pdf?ext=.pdf&amp;v=18459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26811/b224a028fd-simul-news-srl-pdf?ext=.pdf&amp;v=19039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27689/b544c056e3-italiana-petroli-s-p-a-pdf?ext=.pdf&amp;v=19882" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:R196"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="F1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="K20" sqref="K20"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K22" sqref="K22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.81640625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="20.54296875" style="23" customWidth="1"/>
+    <col min="1" max="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" customWidth="1"/>
+    <col min="3" max="3" width="26.28515625" customWidth="1"/>
+    <col min="4" max="4" width="22.7109375" customWidth="1"/>
+    <col min="5" max="5" width="25.42578125" customWidth="1"/>
+    <col min="6" max="7" width="23.140625" customWidth="1"/>
+    <col min="8" max="8" width="81.5703125" style="18" customWidth="1"/>
+    <col min="9" max="9" width="42.85546875" style="22" customWidth="1"/>
+    <col min="10" max="10" width="20.5703125" style="23" customWidth="1"/>
     <col min="11" max="11" width="37" style="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="67.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="2:18" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D1" s="44" t="s">
         <v>59</v>
       </c>
       <c r="E1" s="44"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="44"/>
       <c r="J1" s="44"/>
     </row>
-    <row r="2" spans="2:18" ht="26.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="2:18" ht="26.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D2" s="45"/>
       <c r="E2" s="45"/>
       <c r="F2" s="45"/>
       <c r="G2" s="45"/>
       <c r="H2" s="45"/>
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
     </row>
-    <row r="3" spans="2:18" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="2:18" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>60</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="13" t="s">
         <v>42</v>
       </c>
       <c r="H3" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I3" s="19" t="s">
         <v>0</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>1</v>
       </c>
       <c r="K3" s="14" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
     </row>
-    <row r="4" spans="2:18" s="6" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:18" s="6" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8">
         <v>44645</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>43</v>
       </c>
       <c r="H4" s="16" t="s">
         <v>58</v>
       </c>
       <c r="I4" s="20" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="24">
         <v>1654.46</v>
       </c>
       <c r="K4" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="2:18" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:18" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="36">
         <v>44680</v>
       </c>
       <c r="C5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="37" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="37" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="37" t="s">
         <v>43</v>
       </c>
       <c r="H5" s="38" t="s">
         <v>57</v>
       </c>
       <c r="I5" s="39" t="s">
         <v>18</v>
       </c>
       <c r="J5" s="40">
         <v>100000</v>
       </c>
       <c r="K5" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="8">
         <v>45271</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="16" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="20" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="24" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="2:18" s="30" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:18" s="30" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="36">
         <v>45278</v>
       </c>
       <c r="C7" s="37" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="37" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="37" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="37" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="39" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="8" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8">
         <v>45334</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>43</v>
       </c>
       <c r="H8" s="16" t="s">
         <v>21</v>
       </c>
       <c r="I8" s="20" t="s">
         <v>24</v>
       </c>
       <c r="J8" s="24">
         <v>539.33000000000004</v>
       </c>
       <c r="K8" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="2:18" s="30" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:18" s="30" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="36">
         <v>45336</v>
       </c>
       <c r="C9" s="37" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="37" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="37" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="37" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H9" s="38" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="39" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K9" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="10" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="8">
         <v>45387</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>43</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>48</v>
       </c>
       <c r="I10" s="20" t="s">
         <v>49</v>
       </c>
       <c r="J10" s="24">
         <v>2269.1999999999998</v>
       </c>
       <c r="K10" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="11" spans="2:18" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:18" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="36">
         <v>45426</v>
       </c>
       <c r="C11" s="37" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="37" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="37" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="37" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="38" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="39" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="40">
         <v>113715</v>
       </c>
       <c r="K11" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="8">
         <v>45463</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="16" t="s">
         <v>64</v>
       </c>
       <c r="I12" s="20" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="24">
         <v>3836.46</v>
       </c>
       <c r="K12" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="13" spans="2:18" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:18" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="36">
         <v>45533</v>
       </c>
       <c r="C13" s="37" t="s">
         <v>67</v>
       </c>
       <c r="D13" s="37" t="s">
         <v>68</v>
       </c>
       <c r="E13" s="37" t="s">
         <v>69</v>
       </c>
       <c r="F13" s="37" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="38" t="s">
         <v>70</v>
       </c>
       <c r="I13" s="39" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="40">
         <v>1383.04</v>
       </c>
       <c r="K13" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="8">
         <v>45628</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>80</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="16" t="s">
         <v>81</v>
       </c>
       <c r="I14" s="20" t="s">
         <v>82</v>
       </c>
       <c r="J14" s="24">
         <v>297615.78999999998</v>
       </c>
       <c r="K14" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="2:18" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:18" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="36">
         <v>45629</v>
       </c>
       <c r="C15" s="37" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="37" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="37" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="37" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="39" t="s">
         <v>75</v>
       </c>
       <c r="J15" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K15" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="2:18" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:18" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="8">
         <v>45665</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>88</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>74</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="16" t="s">
         <v>87</v>
       </c>
       <c r="I16" s="20" t="s">
         <v>86</v>
       </c>
       <c r="J16" s="24" t="s">
         <v>40</v>
       </c>
       <c r="K16" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="36">
         <v>45680</v>
       </c>
       <c r="C17" s="37" t="s">
         <v>89</v>
       </c>
       <c r="D17" s="37" t="s">
         <v>90</v>
       </c>
       <c r="E17" s="37" t="s">
         <v>91</v>
       </c>
       <c r="F17" s="37" t="s">
         <v>94</v>
       </c>
       <c r="G17" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>93</v>
       </c>
       <c r="I17" s="39" t="s">
         <v>92</v>
       </c>
       <c r="J17" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K17" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="18" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="8">
         <v>45706</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>100</v>
       </c>
       <c r="G18" s="9" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="16" t="s">
         <v>98</v>
       </c>
       <c r="I18" s="20" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="24">
         <v>54</v>
       </c>
       <c r="K18" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="19" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="36">
         <v>45860</v>
       </c>
       <c r="C19" s="37" t="s">
         <v>101</v>
       </c>
       <c r="D19" s="37" t="s">
         <v>102</v>
       </c>
       <c r="E19" s="37" t="s">
         <v>103</v>
       </c>
       <c r="F19" s="37" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="37" t="s">
         <v>41</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>108</v>
       </c>
       <c r="I19" s="39" t="s">
         <v>104</v>
       </c>
       <c r="J19" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K19" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="20" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="8">
         <v>45909</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>105</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>74</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>41</v>
       </c>
       <c r="H20" s="16" t="s">
         <v>109</v>
       </c>
       <c r="I20" s="20" t="s">
         <v>104</v>
       </c>
       <c r="J20" s="24" t="s">
         <v>40</v>
       </c>
       <c r="K20" s="35" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="21" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
-[...23 lines deleted...]
-    <row r="23" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="36">
+        <v>46006</v>
+      </c>
+      <c r="C21" s="37" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="G21" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21" s="38" t="s">
+        <v>113</v>
+      </c>
+      <c r="I21" s="39" t="s">
+        <v>104</v>
+      </c>
+      <c r="J21" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="K21" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="22" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="8">
+        <v>46031</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G22" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="J22" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="K22" s="35" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="36"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="38"/>
       <c r="I23" s="39"/>
       <c r="J23" s="40"/>
       <c r="K23" s="41"/>
     </row>
-    <row r="24" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="8"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="16"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="35"/>
     </row>
-    <row r="25" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="36"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="38"/>
       <c r="I25" s="39"/>
       <c r="J25" s="40"/>
       <c r="K25" s="41"/>
     </row>
-    <row r="26" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="8"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="16"/>
       <c r="I26" s="20"/>
       <c r="J26" s="24"/>
       <c r="K26" s="35"/>
     </row>
-    <row r="27" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="36"/>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="38"/>
       <c r="I27" s="39"/>
       <c r="J27" s="40"/>
       <c r="K27" s="41"/>
     </row>
-    <row r="28" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="8"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="16"/>
       <c r="I28" s="20"/>
       <c r="J28" s="24"/>
       <c r="K28" s="34"/>
     </row>
-    <row r="29" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="36"/>
       <c r="C29" s="37"/>
       <c r="D29" s="37"/>
       <c r="E29" s="37"/>
       <c r="F29" s="37"/>
       <c r="G29" s="37"/>
       <c r="H29" s="38"/>
       <c r="I29" s="39"/>
       <c r="J29" s="40"/>
       <c r="K29" s="42"/>
     </row>
-    <row r="30" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="8"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="16"/>
       <c r="I30" s="20"/>
       <c r="J30" s="24"/>
       <c r="K30" s="34"/>
     </row>
-    <row r="31" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="36"/>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="38"/>
       <c r="I31" s="39"/>
       <c r="J31" s="40"/>
       <c r="K31" s="43"/>
     </row>
-    <row r="32" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="8"/>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
       <c r="E32" s="9"/>
       <c r="F32" s="9"/>
       <c r="G32" s="9"/>
       <c r="H32" s="16"/>
       <c r="I32" s="20"/>
       <c r="J32" s="24"/>
       <c r="K32" s="33"/>
     </row>
-    <row r="33" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="36"/>
       <c r="C33" s="37"/>
       <c r="D33" s="37"/>
       <c r="E33" s="37"/>
       <c r="F33" s="37"/>
       <c r="G33" s="37"/>
       <c r="H33" s="38"/>
       <c r="I33" s="39"/>
       <c r="J33" s="40"/>
       <c r="K33" s="43"/>
     </row>
-    <row r="34" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="8"/>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="16"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="33"/>
     </row>
-    <row r="35" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="36"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="38"/>
       <c r="I35" s="39"/>
       <c r="J35" s="40"/>
       <c r="K35" s="43"/>
     </row>
-    <row r="36" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="8"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="16"/>
       <c r="I36" s="20"/>
       <c r="J36" s="24"/>
       <c r="K36" s="33"/>
     </row>
-    <row r="37" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="36"/>
       <c r="C37" s="37"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="37"/>
       <c r="H37" s="38"/>
       <c r="I37" s="39"/>
       <c r="J37" s="40"/>
       <c r="K37" s="43"/>
     </row>
-    <row r="38" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="8"/>
       <c r="C38" s="9"/>
       <c r="D38" s="9"/>
       <c r="E38" s="9"/>
       <c r="F38" s="9"/>
       <c r="G38" s="9"/>
       <c r="H38" s="16"/>
       <c r="I38" s="20"/>
       <c r="J38" s="24"/>
       <c r="K38" s="33"/>
     </row>
-    <row r="39" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="25"/>
       <c r="C39" s="26"/>
       <c r="D39" s="26"/>
       <c r="E39" s="26"/>
       <c r="F39" s="26"/>
       <c r="G39" s="26"/>
       <c r="H39" s="27"/>
       <c r="I39" s="28"/>
       <c r="J39" s="29"/>
       <c r="K39" s="31"/>
     </row>
-    <row r="40" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="8"/>
       <c r="C40" s="9"/>
       <c r="D40" s="9"/>
       <c r="E40" s="9"/>
       <c r="F40" s="9"/>
       <c r="G40" s="9"/>
       <c r="H40" s="16"/>
       <c r="I40" s="20"/>
       <c r="J40" s="24"/>
       <c r="K40" s="32"/>
     </row>
-    <row r="41" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="25"/>
       <c r="C41" s="26"/>
       <c r="D41" s="26"/>
       <c r="E41" s="26"/>
       <c r="F41" s="26"/>
       <c r="G41" s="26"/>
       <c r="H41" s="27"/>
       <c r="I41" s="28"/>
       <c r="J41" s="29"/>
       <c r="K41" s="31"/>
     </row>
-    <row r="42" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="8"/>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="16"/>
       <c r="I42" s="20"/>
       <c r="J42" s="24"/>
       <c r="K42" s="32"/>
     </row>
-    <row r="43" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="25"/>
       <c r="C43" s="26"/>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
       <c r="G43" s="26"/>
       <c r="H43" s="27"/>
       <c r="I43" s="28"/>
       <c r="J43" s="29"/>
       <c r="K43" s="31"/>
     </row>
-    <row r="44" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="8"/>
       <c r="C44" s="9"/>
       <c r="D44" s="9"/>
       <c r="E44" s="9"/>
       <c r="F44" s="9"/>
       <c r="G44" s="9"/>
       <c r="H44" s="16"/>
       <c r="I44" s="20"/>
       <c r="J44" s="24"/>
       <c r="K44" s="32"/>
     </row>
-    <row r="45" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="25"/>
       <c r="C45" s="26"/>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="26"/>
       <c r="G45" s="26"/>
       <c r="H45" s="27"/>
       <c r="I45" s="28"/>
       <c r="J45" s="29"/>
       <c r="K45" s="31"/>
     </row>
-    <row r="46" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="8"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="16"/>
       <c r="I46" s="20"/>
       <c r="J46" s="24"/>
       <c r="K46" s="32"/>
     </row>
-    <row r="47" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="25"/>
       <c r="C47" s="26"/>
       <c r="D47" s="26"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
       <c r="G47" s="26"/>
       <c r="H47" s="27"/>
       <c r="I47" s="28"/>
       <c r="J47" s="29"/>
       <c r="K47" s="31"/>
     </row>
-    <row r="48" spans="2:11" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="8"/>
       <c r="C48" s="9"/>
       <c r="D48" s="9"/>
       <c r="E48" s="9"/>
       <c r="F48" s="9"/>
       <c r="G48" s="9"/>
       <c r="H48" s="16"/>
       <c r="I48" s="20"/>
       <c r="J48" s="24"/>
       <c r="K48" s="32"/>
     </row>
-    <row r="49" spans="2:11" s="30" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="25"/>
       <c r="C49" s="26"/>
       <c r="D49" s="26"/>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
       <c r="G49" s="26"/>
       <c r="H49" s="27"/>
       <c r="I49" s="28"/>
       <c r="J49" s="29"/>
       <c r="K49" s="31"/>
     </row>
-    <row r="50" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="50" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B50" s="2"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="17"/>
       <c r="I50" s="21"/>
       <c r="J50" s="5"/>
       <c r="K50" s="11"/>
     </row>
-    <row r="51" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="51" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B51" s="2"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="17"/>
       <c r="I51" s="21"/>
       <c r="J51" s="5"/>
       <c r="K51" s="11"/>
     </row>
-    <row r="52" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="52" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B52" s="2"/>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="17"/>
       <c r="I52" s="21"/>
       <c r="J52" s="5"/>
       <c r="K52" s="11"/>
     </row>
-    <row r="53" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="53" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B53" s="2"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="17"/>
       <c r="I53" s="21"/>
       <c r="J53" s="5"/>
       <c r="K53" s="11"/>
     </row>
-    <row r="54" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="54" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B54" s="2"/>
       <c r="C54" s="3"/>
       <c r="D54" s="3"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="17"/>
       <c r="I54" s="21"/>
       <c r="J54" s="5"/>
       <c r="K54" s="11"/>
     </row>
-    <row r="55" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="55" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B55" s="2"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="17"/>
       <c r="I55" s="21"/>
       <c r="J55" s="5"/>
       <c r="K55" s="11"/>
     </row>
-    <row r="56" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="56" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B56" s="2"/>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="17"/>
       <c r="I56" s="21"/>
       <c r="J56" s="5"/>
       <c r="K56" s="11"/>
     </row>
-    <row r="57" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="57" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B57" s="2"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="17"/>
       <c r="I57" s="21"/>
       <c r="J57" s="5"/>
       <c r="K57" s="11"/>
     </row>
-    <row r="58" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="58" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B58" s="2"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="17"/>
       <c r="I58" s="21"/>
       <c r="J58" s="5"/>
       <c r="K58" s="11"/>
     </row>
-    <row r="59" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="59" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B59" s="2"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="17"/>
       <c r="I59" s="21"/>
       <c r="J59" s="5"/>
       <c r="K59" s="11"/>
     </row>
-    <row r="60" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="60" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B60" s="2"/>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="17"/>
       <c r="I60" s="21"/>
       <c r="J60" s="5"/>
       <c r="K60" s="11"/>
     </row>
-    <row r="61" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="61" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B61" s="2"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="17"/>
       <c r="I61" s="21"/>
       <c r="J61" s="5"/>
       <c r="K61" s="11"/>
     </row>
-    <row r="62" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="62" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B62" s="2"/>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="17"/>
       <c r="I62" s="21"/>
       <c r="J62" s="5"/>
       <c r="K62" s="11"/>
     </row>
-    <row r="63" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="63" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B63" s="2"/>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="17"/>
       <c r="I63" s="21"/>
       <c r="J63" s="5"/>
       <c r="K63" s="11"/>
     </row>
-    <row r="64" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="64" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B64" s="2"/>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="17"/>
       <c r="I64" s="21"/>
       <c r="J64" s="5"/>
       <c r="K64" s="11"/>
     </row>
-    <row r="65" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="65" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B65" s="2"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="17"/>
       <c r="I65" s="21"/>
       <c r="J65" s="5"/>
       <c r="K65" s="11"/>
     </row>
-    <row r="66" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="66" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B66" s="2"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="17"/>
       <c r="I66" s="21"/>
       <c r="J66" s="5"/>
       <c r="K66" s="11"/>
     </row>
-    <row r="67" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="67" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B67" s="2"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="17"/>
       <c r="I67" s="21"/>
       <c r="J67" s="5"/>
       <c r="K67" s="11"/>
     </row>
-    <row r="68" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="68" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B68" s="2"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="17"/>
       <c r="I68" s="21"/>
       <c r="J68" s="5"/>
       <c r="K68" s="11"/>
     </row>
-    <row r="69" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="69" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B69" s="2"/>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="17"/>
       <c r="I69" s="21"/>
       <c r="J69" s="5"/>
       <c r="K69" s="11"/>
     </row>
-    <row r="70" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="70" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B70" s="2"/>
       <c r="C70" s="3"/>
       <c r="D70" s="3"/>
       <c r="E70" s="3"/>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="17"/>
       <c r="I70" s="21"/>
       <c r="J70" s="5"/>
       <c r="K70" s="11"/>
     </row>
-    <row r="71" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="71" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B71" s="2"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="17"/>
       <c r="I71" s="21"/>
       <c r="J71" s="5"/>
       <c r="K71" s="11"/>
     </row>
-    <row r="72" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="72" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B72" s="2"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="17"/>
       <c r="I72" s="21"/>
       <c r="J72" s="5"/>
       <c r="K72" s="11"/>
     </row>
-    <row r="73" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="73" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B73" s="2"/>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="17"/>
       <c r="I73" s="21"/>
       <c r="J73" s="5"/>
       <c r="K73" s="11"/>
     </row>
-    <row r="74" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="74" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B74" s="2"/>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="17"/>
       <c r="I74" s="21"/>
       <c r="J74" s="5"/>
       <c r="K74" s="11"/>
     </row>
-    <row r="75" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="75" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B75" s="2"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="17"/>
       <c r="I75" s="21"/>
       <c r="J75" s="5"/>
       <c r="K75" s="11"/>
     </row>
-    <row r="76" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="76" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B76" s="2"/>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="17"/>
       <c r="I76" s="21"/>
       <c r="J76" s="5"/>
       <c r="K76" s="11"/>
     </row>
-    <row r="77" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="77" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B77" s="2"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="17"/>
       <c r="I77" s="21"/>
       <c r="J77" s="5"/>
       <c r="K77" s="11"/>
     </row>
-    <row r="78" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="78" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B78" s="2"/>
       <c r="C78" s="3"/>
       <c r="D78" s="3"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="17"/>
       <c r="I78" s="21"/>
       <c r="J78" s="5"/>
       <c r="K78" s="11"/>
     </row>
-    <row r="79" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="79" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B79" s="2"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="17"/>
       <c r="I79" s="21"/>
       <c r="J79" s="5"/>
       <c r="K79" s="11"/>
     </row>
-    <row r="80" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="80" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B80" s="2"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="17"/>
       <c r="I80" s="21"/>
       <c r="J80" s="5"/>
       <c r="K80" s="11"/>
     </row>
-    <row r="81" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="81" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B81" s="2"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="17"/>
       <c r="I81" s="21"/>
       <c r="J81" s="5"/>
       <c r="K81" s="11"/>
     </row>
-    <row r="82" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="82" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B82" s="2"/>
       <c r="C82" s="3"/>
       <c r="D82" s="3"/>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="17"/>
       <c r="I82" s="21"/>
       <c r="J82" s="5"/>
       <c r="K82" s="11"/>
     </row>
-    <row r="83" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="83" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B83" s="2"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="17"/>
       <c r="I83" s="21"/>
       <c r="J83" s="5"/>
       <c r="K83" s="11"/>
     </row>
-    <row r="84" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="84" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B84" s="2"/>
       <c r="C84" s="3"/>
       <c r="D84" s="3"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="17"/>
       <c r="I84" s="21"/>
       <c r="J84" s="5"/>
       <c r="K84" s="11"/>
     </row>
-    <row r="85" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="85" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B85" s="2"/>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="17"/>
       <c r="I85" s="21"/>
       <c r="J85" s="5"/>
       <c r="K85" s="11"/>
     </row>
-    <row r="86" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="86" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B86" s="2"/>
       <c r="C86" s="3"/>
       <c r="D86" s="3"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="17"/>
       <c r="I86" s="21"/>
       <c r="J86" s="5"/>
       <c r="K86" s="11"/>
     </row>
-    <row r="87" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="87" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B87" s="2"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="17"/>
       <c r="I87" s="21"/>
       <c r="J87" s="5"/>
       <c r="K87" s="11"/>
     </row>
-    <row r="88" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="88" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B88" s="2"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="17"/>
       <c r="I88" s="21"/>
       <c r="J88" s="5"/>
       <c r="K88" s="11"/>
     </row>
-    <row r="89" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="89" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B89" s="2"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="17"/>
       <c r="I89" s="21"/>
       <c r="J89" s="5"/>
       <c r="K89" s="11"/>
     </row>
-    <row r="90" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="90" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B90" s="2"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="17"/>
       <c r="I90" s="21"/>
       <c r="J90" s="5"/>
       <c r="K90" s="11"/>
     </row>
-    <row r="91" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="91" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B91" s="2"/>
       <c r="C91" s="3"/>
       <c r="D91" s="3"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="17"/>
       <c r="I91" s="21"/>
       <c r="J91" s="5"/>
       <c r="K91" s="11"/>
     </row>
-    <row r="92" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="92" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B92" s="2"/>
       <c r="C92" s="3"/>
       <c r="D92" s="3"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="17"/>
       <c r="I92" s="21"/>
       <c r="J92" s="5"/>
       <c r="K92" s="11"/>
     </row>
-    <row r="93" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="93" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B93" s="2"/>
       <c r="C93" s="3"/>
       <c r="D93" s="3"/>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="17"/>
       <c r="I93" s="21"/>
       <c r="J93" s="5"/>
       <c r="K93" s="11"/>
     </row>
-    <row r="94" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="94" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B94" s="2"/>
       <c r="C94" s="3"/>
       <c r="D94" s="3"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="17"/>
       <c r="I94" s="21"/>
       <c r="J94" s="5"/>
       <c r="K94" s="11"/>
     </row>
-    <row r="95" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="95" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B95" s="2"/>
       <c r="C95" s="3"/>
       <c r="D95" s="3"/>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="17"/>
       <c r="I95" s="21"/>
       <c r="J95" s="5"/>
       <c r="K95" s="11"/>
     </row>
-    <row r="96" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="96" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B96" s="2"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="17"/>
       <c r="I96" s="21"/>
       <c r="J96" s="5"/>
       <c r="K96" s="11"/>
     </row>
-    <row r="97" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="97" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B97" s="2"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="17"/>
       <c r="I97" s="21"/>
       <c r="J97" s="5"/>
       <c r="K97" s="11"/>
     </row>
-    <row r="98" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="98" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B98" s="2"/>
       <c r="C98" s="3"/>
       <c r="D98" s="3"/>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="17"/>
       <c r="I98" s="21"/>
       <c r="J98" s="5"/>
       <c r="K98" s="11"/>
     </row>
-    <row r="99" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="99" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B99" s="2"/>
       <c r="C99" s="3"/>
       <c r="D99" s="3"/>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="17"/>
       <c r="I99" s="21"/>
       <c r="J99" s="5"/>
       <c r="K99" s="11"/>
     </row>
-    <row r="100" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="100" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B100" s="2"/>
       <c r="C100" s="3"/>
       <c r="D100" s="3"/>
       <c r="E100" s="3"/>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="17"/>
       <c r="I100" s="21"/>
       <c r="J100" s="5"/>
       <c r="K100" s="11"/>
     </row>
-    <row r="101" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="101" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B101" s="2"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="17"/>
       <c r="I101" s="21"/>
       <c r="J101" s="5"/>
       <c r="K101" s="11"/>
     </row>
-    <row r="102" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="102" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B102" s="2"/>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="17"/>
       <c r="I102" s="21"/>
       <c r="J102" s="5"/>
       <c r="K102" s="11"/>
     </row>
-    <row r="103" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="103" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B103" s="2"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="17"/>
       <c r="I103" s="21"/>
       <c r="J103" s="5"/>
       <c r="K103" s="11"/>
     </row>
-    <row r="104" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="104" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B104" s="2"/>
       <c r="C104" s="3"/>
       <c r="D104" s="3"/>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="17"/>
       <c r="I104" s="21"/>
       <c r="J104" s="5"/>
       <c r="K104" s="11"/>
     </row>
-    <row r="105" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="105" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B105" s="2"/>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="17"/>
       <c r="I105" s="21"/>
       <c r="J105" s="5"/>
       <c r="K105" s="11"/>
     </row>
-    <row r="106" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="106" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B106" s="2"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="17"/>
       <c r="I106" s="21"/>
       <c r="J106" s="5"/>
       <c r="K106" s="11"/>
     </row>
-    <row r="107" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="107" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B107" s="2"/>
       <c r="C107" s="3"/>
       <c r="D107" s="3"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="17"/>
       <c r="I107" s="21"/>
       <c r="J107" s="5"/>
       <c r="K107" s="11"/>
     </row>
-    <row r="108" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="108" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B108" s="2"/>
       <c r="C108" s="3"/>
       <c r="D108" s="3"/>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="17"/>
       <c r="I108" s="21"/>
       <c r="J108" s="5"/>
       <c r="K108" s="11"/>
     </row>
-    <row r="109" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="109" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B109" s="2"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="17"/>
       <c r="I109" s="21"/>
       <c r="J109" s="5"/>
       <c r="K109" s="11"/>
     </row>
-    <row r="110" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="110" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B110" s="2"/>
       <c r="C110" s="3"/>
       <c r="D110" s="3"/>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="17"/>
       <c r="I110" s="21"/>
       <c r="J110" s="5"/>
       <c r="K110" s="11"/>
     </row>
-    <row r="111" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="111" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B111" s="2"/>
       <c r="C111" s="3"/>
       <c r="D111" s="3"/>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="17"/>
       <c r="I111" s="21"/>
       <c r="J111" s="5"/>
       <c r="K111" s="11"/>
     </row>
-    <row r="112" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="112" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B112" s="2"/>
       <c r="C112" s="3"/>
       <c r="D112" s="3"/>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="17"/>
       <c r="I112" s="21"/>
       <c r="J112" s="5"/>
       <c r="K112" s="11"/>
     </row>
-    <row r="113" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="113" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B113" s="2"/>
       <c r="C113" s="3"/>
       <c r="D113" s="3"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="17"/>
       <c r="I113" s="21"/>
       <c r="J113" s="5"/>
       <c r="K113" s="11"/>
     </row>
-    <row r="114" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="114" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B114" s="2"/>
       <c r="C114" s="3"/>
       <c r="D114" s="3"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="17"/>
       <c r="I114" s="21"/>
       <c r="J114" s="5"/>
       <c r="K114" s="11"/>
     </row>
-    <row r="115" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="115" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B115" s="2"/>
       <c r="C115" s="3"/>
       <c r="D115" s="3"/>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="17"/>
       <c r="I115" s="21"/>
       <c r="J115" s="5"/>
       <c r="K115" s="11"/>
     </row>
-    <row r="116" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="116" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B116" s="2"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="17"/>
       <c r="I116" s="21"/>
       <c r="J116" s="5"/>
       <c r="K116" s="11"/>
     </row>
-    <row r="117" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="117" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B117" s="2"/>
       <c r="C117" s="3"/>
       <c r="D117" s="3"/>
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="17"/>
       <c r="I117" s="21"/>
       <c r="J117" s="5"/>
       <c r="K117" s="11"/>
     </row>
-    <row r="118" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="118" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B118" s="2"/>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="17"/>
       <c r="I118" s="21"/>
       <c r="J118" s="5"/>
       <c r="K118" s="11"/>
     </row>
-    <row r="119" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="119" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B119" s="2"/>
       <c r="C119" s="3"/>
       <c r="D119" s="3"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="17"/>
       <c r="I119" s="21"/>
       <c r="J119" s="5"/>
       <c r="K119" s="11"/>
     </row>
-    <row r="120" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="120" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B120" s="2"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="17"/>
       <c r="I120" s="21"/>
       <c r="J120" s="5"/>
       <c r="K120" s="11"/>
     </row>
-    <row r="121" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="121" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B121" s="2"/>
       <c r="C121" s="3"/>
       <c r="D121" s="3"/>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="17"/>
       <c r="I121" s="21"/>
       <c r="J121" s="5"/>
       <c r="K121" s="11"/>
     </row>
-    <row r="122" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="122" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B122" s="2"/>
       <c r="C122" s="3"/>
       <c r="D122" s="3"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="17"/>
       <c r="I122" s="21"/>
       <c r="J122" s="5"/>
       <c r="K122" s="11"/>
     </row>
-    <row r="123" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="123" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B123" s="2"/>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="17"/>
       <c r="I123" s="21"/>
       <c r="J123" s="5"/>
       <c r="K123" s="11"/>
     </row>
-    <row r="124" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="124" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B124" s="2"/>
       <c r="C124" s="3"/>
       <c r="D124" s="3"/>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="17"/>
       <c r="I124" s="21"/>
       <c r="J124" s="5"/>
       <c r="K124" s="11"/>
     </row>
-    <row r="125" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="125" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B125" s="2"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="17"/>
       <c r="I125" s="21"/>
       <c r="J125" s="5"/>
       <c r="K125" s="11"/>
     </row>
-    <row r="126" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="126" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B126" s="2"/>
       <c r="C126" s="3"/>
       <c r="D126" s="3"/>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="17"/>
       <c r="I126" s="21"/>
       <c r="J126" s="5"/>
       <c r="K126" s="11"/>
     </row>
-    <row r="127" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="127" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B127" s="2"/>
       <c r="C127" s="3"/>
       <c r="D127" s="3"/>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="17"/>
       <c r="I127" s="21"/>
       <c r="J127" s="5"/>
       <c r="K127" s="11"/>
     </row>
-    <row r="128" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="128" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B128" s="2"/>
       <c r="C128" s="3"/>
       <c r="D128" s="3"/>
       <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="17"/>
       <c r="I128" s="21"/>
       <c r="J128" s="5"/>
       <c r="K128" s="11"/>
     </row>
-    <row r="129" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="129" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B129" s="2"/>
       <c r="C129" s="3"/>
       <c r="D129" s="3"/>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="17"/>
       <c r="I129" s="21"/>
       <c r="J129" s="5"/>
       <c r="K129" s="11"/>
     </row>
-    <row r="130" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="130" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B130" s="2"/>
       <c r="C130" s="3"/>
       <c r="D130" s="3"/>
       <c r="E130" s="3"/>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="17"/>
       <c r="I130" s="21"/>
       <c r="J130" s="5"/>
       <c r="K130" s="11"/>
     </row>
-    <row r="131" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="131" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B131" s="2"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="17"/>
       <c r="I131" s="21"/>
       <c r="J131" s="5"/>
       <c r="K131" s="11"/>
     </row>
-    <row r="132" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="132" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B132" s="2"/>
       <c r="C132" s="3"/>
       <c r="D132" s="3"/>
       <c r="E132" s="3"/>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="17"/>
       <c r="I132" s="21"/>
       <c r="J132" s="5"/>
       <c r="K132" s="11"/>
     </row>
-    <row r="133" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="133" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B133" s="2"/>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="17"/>
       <c r="I133" s="21"/>
       <c r="J133" s="5"/>
       <c r="K133" s="11"/>
     </row>
-    <row r="134" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="134" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B134" s="2"/>
       <c r="C134" s="3"/>
       <c r="D134" s="3"/>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="17"/>
       <c r="I134" s="21"/>
       <c r="J134" s="5"/>
       <c r="K134" s="11"/>
     </row>
-    <row r="135" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="135" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B135" s="2"/>
       <c r="C135" s="3"/>
       <c r="D135" s="3"/>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="17"/>
       <c r="I135" s="21"/>
       <c r="J135" s="5"/>
       <c r="K135" s="11"/>
     </row>
-    <row r="136" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="136" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B136" s="2"/>
       <c r="C136" s="3"/>
       <c r="D136" s="3"/>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="17"/>
       <c r="I136" s="21"/>
       <c r="J136" s="5"/>
       <c r="K136" s="11"/>
     </row>
-    <row r="137" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="137" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B137" s="2"/>
       <c r="C137" s="3"/>
       <c r="D137" s="3"/>
       <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="17"/>
       <c r="I137" s="21"/>
       <c r="J137" s="5"/>
       <c r="K137" s="11"/>
     </row>
-    <row r="138" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="138" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B138" s="2"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="17"/>
       <c r="I138" s="21"/>
       <c r="J138" s="5"/>
       <c r="K138" s="11"/>
     </row>
-    <row r="139" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="139" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B139" s="2"/>
       <c r="C139" s="3"/>
       <c r="D139" s="3"/>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="17"/>
       <c r="I139" s="21"/>
       <c r="J139" s="5"/>
       <c r="K139" s="11"/>
     </row>
-    <row r="140" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="140" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B140" s="2"/>
       <c r="C140" s="3"/>
       <c r="D140" s="3"/>
       <c r="E140" s="3"/>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="17"/>
       <c r="I140" s="21"/>
       <c r="J140" s="5"/>
       <c r="K140" s="11"/>
     </row>
-    <row r="141" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="141" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B141" s="2"/>
       <c r="C141" s="3"/>
       <c r="D141" s="3"/>
       <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="17"/>
       <c r="I141" s="21"/>
       <c r="J141" s="5"/>
       <c r="K141" s="11"/>
     </row>
-    <row r="142" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="142" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B142" s="2"/>
       <c r="C142" s="3"/>
       <c r="D142" s="3"/>
       <c r="E142" s="3"/>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="17"/>
       <c r="I142" s="21"/>
       <c r="J142" s="5"/>
       <c r="K142" s="11"/>
     </row>
-    <row r="143" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="143" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B143" s="2"/>
       <c r="C143" s="3"/>
       <c r="D143" s="3"/>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="17"/>
       <c r="I143" s="21"/>
       <c r="J143" s="5"/>
       <c r="K143" s="11"/>
     </row>
-    <row r="144" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="144" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B144" s="2"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="17"/>
       <c r="I144" s="21"/>
       <c r="J144" s="5"/>
       <c r="K144" s="11"/>
     </row>
-    <row r="145" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="145" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B145" s="2"/>
       <c r="C145" s="3"/>
       <c r="D145" s="3"/>
       <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="17"/>
       <c r="I145" s="21"/>
       <c r="J145" s="5"/>
       <c r="K145" s="11"/>
     </row>
-    <row r="146" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="146" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B146" s="2"/>
       <c r="C146" s="3"/>
       <c r="D146" s="3"/>
       <c r="E146" s="3"/>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="17"/>
       <c r="I146" s="21"/>
       <c r="J146" s="5"/>
       <c r="K146" s="11"/>
     </row>
-    <row r="147" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="147" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B147" s="2"/>
       <c r="C147" s="3"/>
       <c r="D147" s="3"/>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="17"/>
       <c r="I147" s="21"/>
       <c r="J147" s="5"/>
       <c r="K147" s="11"/>
     </row>
-    <row r="148" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="148" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B148" s="2"/>
       <c r="C148" s="3"/>
       <c r="D148" s="3"/>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="17"/>
       <c r="I148" s="21"/>
       <c r="J148" s="5"/>
       <c r="K148" s="11"/>
     </row>
-    <row r="149" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="149" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B149" s="2"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="17"/>
       <c r="I149" s="21"/>
       <c r="J149" s="5"/>
       <c r="K149" s="11"/>
     </row>
-    <row r="150" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="150" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B150" s="2"/>
       <c r="C150" s="3"/>
       <c r="D150" s="3"/>
       <c r="E150" s="3"/>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="17"/>
       <c r="I150" s="21"/>
       <c r="J150" s="5"/>
       <c r="K150" s="11"/>
     </row>
-    <row r="151" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="151" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B151" s="2"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="17"/>
       <c r="I151" s="21"/>
       <c r="J151" s="5"/>
       <c r="K151" s="11"/>
     </row>
-    <row r="152" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="152" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B152" s="2"/>
       <c r="C152" s="3"/>
       <c r="D152" s="3"/>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="17"/>
       <c r="I152" s="21"/>
       <c r="J152" s="5"/>
       <c r="K152" s="11"/>
     </row>
-    <row r="153" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="153" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B153" s="2"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="17"/>
       <c r="I153" s="21"/>
       <c r="J153" s="5"/>
       <c r="K153" s="11"/>
     </row>
-    <row r="154" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="154" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B154" s="2"/>
       <c r="C154" s="3"/>
       <c r="D154" s="3"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="17"/>
       <c r="I154" s="21"/>
       <c r="J154" s="5"/>
       <c r="K154" s="11"/>
     </row>
-    <row r="155" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="155" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B155" s="2"/>
       <c r="C155" s="3"/>
       <c r="D155" s="3"/>
       <c r="E155" s="3"/>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="17"/>
       <c r="I155" s="21"/>
       <c r="J155" s="5"/>
       <c r="K155" s="11"/>
     </row>
-    <row r="156" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="156" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B156" s="2"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="17"/>
       <c r="I156" s="21"/>
       <c r="J156" s="5"/>
       <c r="K156" s="11"/>
     </row>
-    <row r="157" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="157" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B157" s="2"/>
       <c r="C157" s="3"/>
       <c r="D157" s="3"/>
       <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="17"/>
       <c r="I157" s="21"/>
       <c r="J157" s="5"/>
       <c r="K157" s="11"/>
     </row>
-    <row r="158" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="158" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B158" s="2"/>
       <c r="C158" s="3"/>
       <c r="D158" s="3"/>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="17"/>
       <c r="I158" s="21"/>
       <c r="J158" s="5"/>
       <c r="K158" s="11"/>
     </row>
-    <row r="159" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="159" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B159" s="2"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="17"/>
       <c r="I159" s="21"/>
       <c r="J159" s="5"/>
       <c r="K159" s="11"/>
     </row>
-    <row r="160" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="160" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B160" s="2"/>
       <c r="C160" s="3"/>
       <c r="D160" s="3"/>
       <c r="E160" s="3"/>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="17"/>
       <c r="I160" s="21"/>
       <c r="J160" s="5"/>
       <c r="K160" s="11"/>
     </row>
-    <row r="161" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="161" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B161" s="2"/>
       <c r="C161" s="3"/>
       <c r="D161" s="3"/>
       <c r="E161" s="3"/>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="17"/>
       <c r="I161" s="21"/>
       <c r="J161" s="5"/>
       <c r="K161" s="11"/>
     </row>
-    <row r="162" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="162" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B162" s="2"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="17"/>
       <c r="I162" s="21"/>
       <c r="J162" s="5"/>
       <c r="K162" s="11"/>
     </row>
-    <row r="163" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="163" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B163" s="2"/>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="17"/>
       <c r="I163" s="21"/>
       <c r="J163" s="5"/>
       <c r="K163" s="11"/>
     </row>
-    <row r="164" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="164" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B164" s="2"/>
       <c r="C164" s="3"/>
       <c r="D164" s="3"/>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="17"/>
       <c r="I164" s="21"/>
       <c r="J164" s="5"/>
       <c r="K164" s="11"/>
     </row>
-    <row r="165" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="165" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B165" s="2"/>
       <c r="C165" s="3"/>
       <c r="D165" s="3"/>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="17"/>
       <c r="I165" s="21"/>
       <c r="J165" s="5"/>
       <c r="K165" s="11"/>
     </row>
-    <row r="166" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="166" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B166" s="2"/>
       <c r="C166" s="3"/>
       <c r="D166" s="3"/>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="17"/>
       <c r="I166" s="21"/>
       <c r="J166" s="5"/>
       <c r="K166" s="11"/>
     </row>
-    <row r="167" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="167" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B167" s="2"/>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="17"/>
       <c r="I167" s="21"/>
       <c r="J167" s="5"/>
       <c r="K167" s="11"/>
     </row>
-    <row r="168" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="168" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B168" s="2"/>
       <c r="C168" s="3"/>
       <c r="D168" s="3"/>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="17"/>
       <c r="I168" s="21"/>
       <c r="J168" s="5"/>
       <c r="K168" s="11"/>
     </row>
-    <row r="169" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="169" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B169" s="2"/>
       <c r="C169" s="3"/>
       <c r="D169" s="3"/>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="17"/>
       <c r="I169" s="21"/>
       <c r="J169" s="5"/>
       <c r="K169" s="11"/>
     </row>
-    <row r="170" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="170" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B170" s="2"/>
       <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="17"/>
       <c r="I170" s="21"/>
       <c r="J170" s="5"/>
       <c r="K170" s="11"/>
     </row>
-    <row r="171" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="171" spans="2:11" x14ac:dyDescent="0.25">
       <c r="C171" s="4"/>
       <c r="D171" s="4"/>
       <c r="E171" s="4"/>
       <c r="F171" s="4"/>
       <c r="G171" s="4"/>
       <c r="H171" s="17"/>
       <c r="I171" s="21"/>
       <c r="J171" s="5"/>
       <c r="K171" s="11"/>
     </row>
-    <row r="172" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="172" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B172" s="2"/>
       <c r="C172" s="3"/>
       <c r="D172" s="3"/>
       <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="17"/>
       <c r="I172" s="21"/>
       <c r="J172" s="5"/>
       <c r="K172" s="11"/>
     </row>
-    <row r="173" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="173" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B173" s="2"/>
       <c r="C173" s="3"/>
       <c r="D173" s="3"/>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="17"/>
       <c r="I173" s="21"/>
       <c r="J173" s="5"/>
       <c r="K173" s="11"/>
     </row>
-    <row r="174" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="174" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B174" s="2"/>
       <c r="C174" s="3"/>
       <c r="D174" s="3"/>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="17"/>
       <c r="I174" s="21"/>
       <c r="J174" s="5"/>
       <c r="K174" s="11"/>
     </row>
-    <row r="175" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="175" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B175" s="2"/>
       <c r="C175" s="3"/>
       <c r="D175" s="3"/>
       <c r="E175" s="3"/>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="17"/>
       <c r="I175" s="21"/>
       <c r="J175" s="5"/>
       <c r="K175" s="11"/>
     </row>
-    <row r="176" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="176" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B176" s="2"/>
       <c r="C176" s="3"/>
       <c r="D176" s="3"/>
       <c r="E176" s="3"/>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="17"/>
       <c r="I176" s="21"/>
       <c r="J176" s="5"/>
       <c r="K176" s="11"/>
     </row>
-    <row r="177" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="177" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B177" s="2"/>
       <c r="C177" s="3"/>
       <c r="D177" s="3"/>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="17"/>
       <c r="I177" s="21"/>
       <c r="J177" s="5"/>
       <c r="K177" s="11"/>
     </row>
-    <row r="178" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="178" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B178" s="2"/>
       <c r="C178" s="3"/>
       <c r="D178" s="3"/>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="17"/>
       <c r="I178" s="21"/>
       <c r="J178" s="5"/>
       <c r="K178" s="11"/>
     </row>
-    <row r="179" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="179" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B179" s="2"/>
       <c r="C179" s="3"/>
       <c r="D179" s="3"/>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="17"/>
       <c r="I179" s="21"/>
       <c r="J179" s="1"/>
       <c r="K179" s="11"/>
     </row>
-    <row r="180" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="180" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B180" s="2"/>
       <c r="C180" s="3"/>
       <c r="D180" s="3"/>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="17"/>
       <c r="I180" s="21"/>
       <c r="J180" s="1"/>
       <c r="K180" s="11"/>
     </row>
-    <row r="181" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="181" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B181" s="2"/>
       <c r="C181" s="3"/>
       <c r="D181" s="3"/>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="17"/>
       <c r="I181" s="21"/>
       <c r="J181" s="1"/>
       <c r="K181" s="11"/>
     </row>
-    <row r="182" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="182" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B182" s="2"/>
       <c r="C182" s="3"/>
       <c r="D182" s="3"/>
       <c r="E182" s="3"/>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="17"/>
       <c r="I182" s="21"/>
       <c r="J182" s="1"/>
       <c r="K182" s="11"/>
     </row>
-    <row r="183" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="183" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B183" s="2"/>
       <c r="C183" s="3"/>
       <c r="D183" s="3"/>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="17"/>
       <c r="I183" s="21"/>
       <c r="J183" s="1"/>
       <c r="K183" s="11"/>
     </row>
-    <row r="184" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="184" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B184" s="2"/>
       <c r="C184" s="3"/>
       <c r="D184" s="3"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="17"/>
       <c r="I184" s="21"/>
       <c r="J184" s="1"/>
       <c r="K184" s="11"/>
     </row>
-    <row r="185" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="185" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B185" s="2"/>
       <c r="C185" s="3"/>
       <c r="D185" s="3"/>
       <c r="E185" s="3"/>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="17"/>
       <c r="I185" s="21"/>
       <c r="J185" s="1"/>
       <c r="K185" s="11"/>
     </row>
-    <row r="186" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="186" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B186" s="2"/>
       <c r="C186" s="3"/>
       <c r="D186" s="3"/>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="17"/>
       <c r="I186" s="21"/>
       <c r="J186" s="1"/>
       <c r="K186" s="11"/>
     </row>
-    <row r="187" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="187" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B187" s="2"/>
       <c r="C187" s="3"/>
       <c r="D187" s="3"/>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="17"/>
       <c r="I187" s="21"/>
       <c r="J187" s="1"/>
       <c r="K187" s="11"/>
     </row>
-    <row r="188" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="188" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B188" s="2"/>
       <c r="C188" s="3"/>
       <c r="D188" s="3"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="17"/>
       <c r="I188" s="21"/>
       <c r="J188" s="1"/>
       <c r="K188" s="11"/>
     </row>
-    <row r="189" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="189" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B189" s="2"/>
       <c r="C189" s="1"/>
       <c r="D189" s="1"/>
       <c r="E189" s="1"/>
       <c r="F189" s="1"/>
       <c r="G189" s="1"/>
       <c r="H189" s="17"/>
       <c r="I189" s="21"/>
       <c r="J189" s="1"/>
       <c r="K189" s="11"/>
     </row>
-    <row r="190" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="190" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B190" s="2"/>
       <c r="C190" s="1"/>
       <c r="D190" s="1"/>
       <c r="E190" s="1"/>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="17"/>
       <c r="I190" s="21"/>
       <c r="J190" s="1"/>
       <c r="K190" s="11"/>
     </row>
-    <row r="191" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="191" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B191" s="1"/>
       <c r="C191" s="1"/>
       <c r="D191" s="1"/>
       <c r="E191" s="1"/>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="17"/>
       <c r="I191" s="21"/>
       <c r="J191" s="1"/>
       <c r="K191" s="11"/>
     </row>
-    <row r="192" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="192" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B192" s="1"/>
       <c r="C192" s="1"/>
       <c r="D192" s="1"/>
       <c r="E192" s="1"/>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="17"/>
       <c r="I192" s="21"/>
       <c r="J192" s="1"/>
       <c r="K192" s="11"/>
     </row>
-    <row r="193" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="193" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B193" s="1"/>
       <c r="C193" s="1"/>
       <c r="D193" s="1"/>
       <c r="E193" s="1"/>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="17"/>
       <c r="I193" s="21"/>
       <c r="J193" s="1"/>
       <c r="K193" s="11"/>
     </row>
-    <row r="194" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="194" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B194" s="1"/>
       <c r="C194" s="1"/>
       <c r="D194" s="1"/>
       <c r="E194" s="1"/>
       <c r="F194" s="1"/>
       <c r="G194" s="1"/>
       <c r="H194" s="17"/>
       <c r="I194" s="21"/>
       <c r="J194" s="1"/>
       <c r="K194" s="11"/>
     </row>
-    <row r="195" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="195" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B195" s="1"/>
       <c r="C195" s="1"/>
       <c r="D195" s="1"/>
       <c r="E195" s="1"/>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="17"/>
       <c r="I195" s="21"/>
       <c r="J195" s="1"/>
       <c r="K195" s="11"/>
     </row>
-    <row r="196" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="196" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B196" s="1"/>
       <c r="C196" s="1"/>
       <c r="D196" s="1"/>
       <c r="E196" s="1"/>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="17"/>
       <c r="I196" s="21"/>
       <c r="J196" s="1"/>
       <c r="K196" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K4" r:id="rId1"/>
     <hyperlink ref="K5" r:id="rId2"/>
     <hyperlink ref="K8" r:id="rId3"/>
     <hyperlink ref="K6" r:id="rId4"/>
     <hyperlink ref="K7" r:id="rId5"/>
     <hyperlink ref="K9" r:id="rId6"/>
     <hyperlink ref="K10" r:id="rId7"/>
     <hyperlink ref="K11" r:id="rId8"/>
     <hyperlink ref="K12" r:id="rId9"/>
     <hyperlink ref="K13" r:id="rId10"/>
     <hyperlink ref="K14" r:id="rId11"/>
     <hyperlink ref="K15" r:id="rId12"/>
     <hyperlink ref="K16" r:id="rId13"/>
     <hyperlink ref="K17" r:id="rId14"/>
     <hyperlink ref="K18" r:id="rId15"/>
     <hyperlink ref="K19" r:id="rId16"/>
     <hyperlink ref="K20" r:id="rId17"/>
+    <hyperlink ref="K21" r:id="rId18"/>
+    <hyperlink ref="K22" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId18"/>
-  <drawing r:id="rId19"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId20"/>
+  <drawing r:id="rId21"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CUC_fvg</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>