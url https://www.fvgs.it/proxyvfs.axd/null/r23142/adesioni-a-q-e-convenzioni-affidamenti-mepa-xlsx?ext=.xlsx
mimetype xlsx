--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -23,51 +23,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\TRASPARENZA\BANDI DI GARA E CONTRATTI\Adesione A.Q e Convenzioni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19845" windowHeight="8910"/>
   </bookViews>
   <sheets>
     <sheet name="CUC_fvg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="127">
   <si>
     <t xml:space="preserve">AFFIDATARIO </t>
   </si>
   <si>
     <t xml:space="preserve">IMPORTO </t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>PROTOCOLLO</t>
   </si>
   <si>
     <t>LINK PROVVEDIMENTO</t>
   </si>
   <si>
     <t>ORDINE FORNITORE</t>
   </si>
   <si>
     <t>0010650</t>
   </si>
   <si>
     <t>OA022034</t>
   </si>
   <si>
@@ -377,50 +377,77 @@
     <t>Energia elettrica 22 - Lotto 4 - Trentino Alto Adige, Friuli Venezia Giulia - Trentino Alto Adige, Friuli Venezia Giulia - Ordine Diretto - attivazione nuova utenza IT001E12535760</t>
   </si>
   <si>
     <t>B993FEE80F</t>
   </si>
   <si>
     <t>0060008</t>
   </si>
   <si>
     <t>8864355</t>
   </si>
   <si>
     <t>Gas Naturale 17 - Lotto 5 - Emilia Romagna, Friuli Venezia Giulia - Emilia Romagna, Friuli Venezia Giulia</t>
   </si>
   <si>
     <t>0000427</t>
   </si>
   <si>
     <t>8881612</t>
   </si>
   <si>
     <t>B9DFA37A56</t>
   </si>
   <si>
     <t>Energia elettrica 22 - Lotto 4 - Trentino Alto Adige, Friuli Venezia Giulia - Trentino Alto Adige, Friuli Venezia Giulia</t>
+  </si>
+  <si>
+    <t>0007383</t>
+  </si>
+  <si>
+    <t>8958669</t>
+  </si>
+  <si>
+    <t>BA7D8C8769</t>
+  </si>
+  <si>
+    <t>0005551</t>
+  </si>
+  <si>
+    <t>54/OA/2026</t>
+  </si>
+  <si>
+    <t>BA1D1819E7</t>
+  </si>
+  <si>
+    <t>Adesione convenzione CUCSA - Servizio Pulizie 01/02/2026-31/01/2030</t>
+  </si>
+  <si>
+    <t>COOPSERVICE S. COOP. P. A.</t>
+  </si>
+  <si>
+    <t>9442849581</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Yu Gothic UI Semilight"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -1073,60 +1100,60 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26650/b13c2db4be-day-ristoservice-spa-pdf?ext=.pdf&amp;v=18875" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27649/b519c416fa-agsm-aim-energia-s-p-a-pdf?ext=.pdf&amp;v=19834" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29147/b993fee80f-edison-energia-spa-pdf?ext=.pdf&amp;v=21285" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26092/b036abaa85-icr-spa-pdf?ext=.pdf&amp;v=18357" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26509/b116767882-lyreco-italia-spa-pdf?ext=.pdf&amp;v=18752" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27535/b48969fed4-dolomiti-energia-spa-pdf?ext=.pdf&amp;v=19730" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28694/b82b6ab60b-edison-energia-spa-pdf?ext=.pdf&amp;v=20855" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23225/cig-917493323b-randstad-italia-spa-pdf?ext=.PDF&amp;v=15641" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28566/b76b3a5f17-edison-energia-spa-pdf?ext=.pdf&amp;v=20732" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23141/cig-915219670f-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=15562" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26192/b03f3dc4ea-enel-energia_voltura-pdf?ext=.pdf&amp;v=18458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27536/b442659020-sicuritalia-ivri-s-p-a-pdf?ext=.pdf&amp;v=19731" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26191/a02f933a26-enel-energia-pdf?ext=.pdf&amp;v=18457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27854/b5827c9829-g-giappichelli-editore-srl-pdf?ext=.pdf&amp;v=20039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27064/b2bc685b3b-nada-2008-srl-pdf?ext=.pdf&amp;v=19273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29204/b9dfa37a56-edison-energia-spa-pdf?ext=.pdf&amp;v=21340" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26193/z363d32887-hera-comm-s-p-a-pdf?ext=.pdf&amp;v=18459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26811/b224a028fd-simul-news-srl-pdf?ext=.pdf&amp;v=19039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27689/b544c056e3-italiana-petroli-s-p-a-pdf?ext=.pdf&amp;v=19882" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26650/b13c2db4be-day-ristoservice-spa-pdf?ext=.pdf&amp;v=18875" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27649/b519c416fa-agsm-aim-energia-s-p-a-pdf?ext=.pdf&amp;v=19834" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29147/b993fee80f-edison-energia-spa-pdf?ext=.pdf&amp;v=21285" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26092/b036abaa85-icr-spa-pdf?ext=.pdf&amp;v=18357" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26509/b116767882-lyreco-italia-spa-pdf?ext=.pdf&amp;v=18752" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27535/b48969fed4-dolomiti-energia-spa-pdf?ext=.pdf&amp;v=19730" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28694/b82b6ab60b-edison-energia-spa-pdf?ext=.pdf&amp;v=20855" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23225/cig-917493323b-randstad-italia-spa-pdf?ext=.PDF&amp;v=15641" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28566/b76b3a5f17-edison-energia-spa-pdf?ext=.pdf&amp;v=20732" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29469/ba1d1819e7-coopservice-s-coop-pa-pdf?ext=.pdf&amp;v=21644" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r23141/cig-915219670f-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=15562" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26192/b03f3dc4ea-enel-energia_voltura-pdf?ext=.pdf&amp;v=18458" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27536/b442659020-sicuritalia-ivri-s-p-a-pdf?ext=.pdf&amp;v=19731" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26191/a02f933a26-enel-energia-pdf?ext=.pdf&amp;v=18457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27854/b5827c9829-g-giappichelli-editore-srl-pdf?ext=.pdf&amp;v=20039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27064/b2bc685b3b-nada-2008-srl-pdf?ext=.pdf&amp;v=19273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29204/b9dfa37a56-edison-energia-spa-pdf?ext=.pdf&amp;v=21340" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26193/z363d32887-hera-comm-s-p-a-pdf?ext=.pdf&amp;v=18459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r26811/b224a028fd-simul-news-srl-pdf?ext=.pdf&amp;v=19039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27689/b544c056e3-italiana-petroli-s-p-a-pdf?ext=.pdf&amp;v=19882" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:R196"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K22" sqref="K22"/>
+      <selection pane="bottomLeft" activeCell="K23" sqref="K23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.85546875" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" customWidth="1"/>
     <col min="3" max="3" width="26.28515625" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" customWidth="1"/>
     <col min="5" max="5" width="25.42578125" customWidth="1"/>
     <col min="6" max="7" width="23.140625" customWidth="1"/>
     <col min="8" max="8" width="81.5703125" style="18" customWidth="1"/>
     <col min="9" max="9" width="42.85546875" style="22" customWidth="1"/>
     <col min="10" max="10" width="20.5703125" style="23" customWidth="1"/>
     <col min="11" max="11" width="37" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D1" s="44" t="s">
         <v>59</v>
       </c>
       <c r="E1" s="44"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="44"/>
@@ -1767,72 +1794,112 @@
         <v>115</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>74</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>41</v>
       </c>
       <c r="H22" s="16" t="s">
         <v>117</v>
       </c>
       <c r="I22" s="20" t="s">
         <v>104</v>
       </c>
       <c r="J22" s="24" t="s">
         <v>40</v>
       </c>
       <c r="K22" s="35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="36"/>
-[...8 lines deleted...]
-      <c r="K23" s="41"/>
+      <c r="B23" s="36">
+        <v>46063</v>
+      </c>
+      <c r="C23" s="37" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="E23" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="F23" s="37" t="s">
+        <v>126</v>
+      </c>
+      <c r="G23" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="I23" s="39" t="s">
+        <v>125</v>
+      </c>
+      <c r="J23" s="40">
+        <v>232773.76000000001</v>
+      </c>
+      <c r="K23" s="41" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="24" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="8"/>
-[...8 lines deleted...]
-      <c r="K24" s="35"/>
+      <c r="B24" s="8">
+        <v>46072</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G24" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I24" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="J24" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="K24" s="35" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="25" spans="2:11" s="30" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="36"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="38"/>
       <c r="I25" s="39"/>
       <c r="J25" s="40"/>
       <c r="K25" s="41"/>
     </row>
     <row r="26" spans="2:11" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="8"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="16"/>
       <c r="I26" s="20"/>
       <c r="J26" s="24"/>
       <c r="K26" s="35"/>
     </row>
@@ -3877,54 +3944,55 @@
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K4" r:id="rId1"/>
     <hyperlink ref="K5" r:id="rId2"/>
     <hyperlink ref="K8" r:id="rId3"/>
     <hyperlink ref="K6" r:id="rId4"/>
     <hyperlink ref="K7" r:id="rId5"/>
     <hyperlink ref="K9" r:id="rId6"/>
     <hyperlink ref="K10" r:id="rId7"/>
     <hyperlink ref="K11" r:id="rId8"/>
     <hyperlink ref="K12" r:id="rId9"/>
     <hyperlink ref="K13" r:id="rId10"/>
     <hyperlink ref="K14" r:id="rId11"/>
     <hyperlink ref="K15" r:id="rId12"/>
     <hyperlink ref="K16" r:id="rId13"/>
     <hyperlink ref="K17" r:id="rId14"/>
     <hyperlink ref="K18" r:id="rId15"/>
     <hyperlink ref="K19" r:id="rId16"/>
     <hyperlink ref="K20" r:id="rId17"/>
     <hyperlink ref="K21" r:id="rId18"/>
     <hyperlink ref="K22" r:id="rId19"/>
+    <hyperlink ref="K23" r:id="rId20"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId20"/>
-  <drawing r:id="rId21"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId21"/>
+  <drawing r:id="rId22"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CUC_fvg</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>