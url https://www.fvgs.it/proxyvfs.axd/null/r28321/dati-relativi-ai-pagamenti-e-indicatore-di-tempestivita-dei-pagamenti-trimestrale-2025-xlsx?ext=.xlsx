--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,96 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\federica.babuder\Desktop\DOCUMENTI\TRASPARENZA\documenti da pubblicare\PAGAMENTI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8A4D2EDA-E496-48E1-8E85-C3BD0091559B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97BEDDAF-55E2-4513-9816-389421EF8341}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3165" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="1620" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="pagamenti I Trim." sheetId="1" r:id="rId1"/>
     <sheet name="pagamenti II Trim." sheetId="3" r:id="rId2"/>
     <sheet name="pagamenti III Trim." sheetId="4" r:id="rId3"/>
-    <sheet name="indicatore di tempestività trim" sheetId="2" r:id="rId4"/>
+    <sheet name="pagamenti IV Trim." sheetId="5" r:id="rId4"/>
+    <sheet name="indicatore di tempestività trim" sheetId="2" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C204" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2554" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3497" uniqueCount="875">
   <si>
     <t>CATEGORIA</t>
   </si>
   <si>
     <t>IMPORTO</t>
   </si>
   <si>
     <t>SERVIZI</t>
   </si>
   <si>
     <t>DAY RISTOSERVICE SPA</t>
   </si>
   <si>
     <t>LAVORI</t>
   </si>
   <si>
     <t>AUTORITA NAZIONALE ANTICORRUZIONE ANAC</t>
   </si>
   <si>
     <t>AUTOSTRADE PER L'ITALIA SPA</t>
   </si>
   <si>
     <t>CAFC SPA</t>
   </si>
   <si>
@@ -2424,50 +2426,311 @@
     <t>01848280267</t>
   </si>
   <si>
     <t>00999800329</t>
   </si>
   <si>
     <t>T.Z. IMPIANTI ELETTRICI SNC DI MORENO TOMMASINI</t>
   </si>
   <si>
     <t>01307690931</t>
   </si>
   <si>
     <t>80007720271</t>
   </si>
   <si>
     <t>03345230274</t>
   </si>
   <si>
     <t>VENETO STRADE SPA</t>
   </si>
   <si>
     <t>00665590303</t>
   </si>
   <si>
     <t>VI.PE. SRL</t>
+  </si>
+  <si>
+    <t>01997520307</t>
+  </si>
+  <si>
+    <t>ADRIACOS SPA SOCIETA' BENEFIT</t>
+  </si>
+  <si>
+    <t>00434220315</t>
+  </si>
+  <si>
+    <t>02459300303</t>
+  </si>
+  <si>
+    <t>AM MAISANO SRL</t>
+  </si>
+  <si>
+    <t>04848320265</t>
+  </si>
+  <si>
+    <t>APPALTI &amp; SERVIZI SRL</t>
+  </si>
+  <si>
+    <t>01308900321</t>
+  </si>
+  <si>
+    <t>BDP STUDIO SRLS</t>
+  </si>
+  <si>
+    <t>04228480408</t>
+  </si>
+  <si>
+    <t>BLUENEXT SRL</t>
+  </si>
+  <si>
+    <t>03155780301</t>
+  </si>
+  <si>
+    <t>CARM SNC DI CANDONI ALESSANDRA &amp; C.</t>
+  </si>
+  <si>
+    <t>04591610961</t>
+  </si>
+  <si>
+    <t>02294840307</t>
+  </si>
+  <si>
+    <t>00660170259</t>
+  </si>
+  <si>
+    <t>CIOTTI GIOVANNI SRL</t>
+  </si>
+  <si>
+    <t>94014110301</t>
+  </si>
+  <si>
+    <t>CONDOMINIO RESIDENCE MERCURIUS</t>
+  </si>
+  <si>
+    <t>93003340309</t>
+  </si>
+  <si>
+    <t>CONSORZIO DI SVILUPPO ECONOMICO LOCALE DI TOLMEZZO - CO.SI.L.T.</t>
+  </si>
+  <si>
+    <t>00499670305</t>
+  </si>
+  <si>
+    <t>DELLA ROSA DANILO</t>
+  </si>
+  <si>
+    <t>00537050304</t>
+  </si>
+  <si>
+    <t>02867750305</t>
+  </si>
+  <si>
+    <t>03880670926</t>
+  </si>
+  <si>
+    <t>08526440154</t>
+  </si>
+  <si>
+    <t>EDISON ENERGIA SPA</t>
+  </si>
+  <si>
+    <t>04088820271</t>
+  </si>
+  <si>
+    <t>E-FARM ENGINEERING &amp; CONSULTING SRL</t>
+  </si>
+  <si>
+    <t>02349860300</t>
+  </si>
+  <si>
+    <t>00110310224</t>
+  </si>
+  <si>
+    <t>ENRICO RAVANELLI SRL</t>
+  </si>
+  <si>
+    <t>02916640275</t>
+  </si>
+  <si>
+    <t>02377910506</t>
+  </si>
+  <si>
+    <t>FABRE CONSORZIO DI RICERCA PER LA VALUTAZIONE ED IL MONITORAGGIO DI PONTI, VIADOTTI E ALTRE STRUTTUR</t>
+  </si>
+  <si>
+    <t>01888410816</t>
+  </si>
+  <si>
+    <t>03387580271</t>
+  </si>
+  <si>
+    <t>01784630814</t>
+  </si>
+  <si>
+    <t>FORMEL SRL</t>
+  </si>
+  <si>
+    <t>02491000309</t>
+  </si>
+  <si>
+    <t>04528380274</t>
+  </si>
+  <si>
+    <t>GE.ROAD SRL</t>
+  </si>
+  <si>
+    <t>05754381001</t>
+  </si>
+  <si>
+    <t>GESTORE DEI SERVIZI ENERGETICI GSE SPA</t>
+  </si>
+  <si>
+    <t>00622910933</t>
+  </si>
+  <si>
+    <t>00559280938</t>
+  </si>
+  <si>
+    <t>GRIMEL SRL</t>
+  </si>
+  <si>
+    <t>00777910159</t>
+  </si>
+  <si>
+    <t>01593590605</t>
+  </si>
+  <si>
+    <t>ITA SRL</t>
+  </si>
+  <si>
+    <t>00489490011</t>
+  </si>
+  <si>
+    <t>ITALGAS RETI SPA</t>
+  </si>
+  <si>
+    <t>00051570893</t>
+  </si>
+  <si>
+    <t>Italiana Petroli S.P.A.</t>
+  </si>
+  <si>
+    <t>03879530263</t>
+  </si>
+  <si>
+    <t>KONSUM SRL</t>
+  </si>
+  <si>
+    <t>04268260272</t>
+  </si>
+  <si>
+    <t>80230390587</t>
+  </si>
+  <si>
+    <t>MINISTERO DELLO SVILUPPO ECONOMICO</t>
+  </si>
+  <si>
+    <t>03971860048</t>
+  </si>
+  <si>
+    <t>MOLLO SERVIZI SRL</t>
+  </si>
+  <si>
+    <t>04480300278</t>
+  </si>
+  <si>
+    <t>01819670306</t>
+  </si>
+  <si>
+    <t>PUNTEL CAPELLARI &amp; ASSOCIATI INGEGNERIA</t>
+  </si>
+  <si>
+    <t>00137620258</t>
+  </si>
+  <si>
+    <t>S.I.C.I. - S.R.L.</t>
+  </si>
+  <si>
+    <t>02394290247</t>
+  </si>
+  <si>
+    <t>SICURA SPA</t>
+  </si>
+  <si>
+    <t>12492300962</t>
+  </si>
+  <si>
+    <t>SIRTI DIGITAL SOLUTIONS SPA</t>
+  </si>
+  <si>
+    <t>04052760164</t>
+  </si>
+  <si>
+    <t>SKY CRAB SRL</t>
+  </si>
+  <si>
+    <t>02530230305</t>
+  </si>
+  <si>
+    <t>STUDIO CAUSERO &amp; SPADETTO ASSOCIATI</t>
+  </si>
+  <si>
+    <t>02382900302</t>
+  </si>
+  <si>
+    <t>STUDIO TECNICO ASS.STF</t>
+  </si>
+  <si>
+    <t>00753480151</t>
+  </si>
+  <si>
+    <t>TECNICHE NUOVE SPA</t>
+  </si>
+  <si>
+    <t>01848680300</t>
+  </si>
+  <si>
+    <t>TECNOCADPROGETTI SAS DI ROMANIN PIERANGELO &amp; C.</t>
+  </si>
+  <si>
+    <t>03506831209</t>
+  </si>
+  <si>
+    <t>UnipolTech S.p.A.</t>
+  </si>
+  <si>
+    <t>97087620585</t>
+  </si>
+  <si>
+    <t>UNIVERSITA' CAMPUS BIO - MEDICO DI ROMA</t>
+  </si>
+  <si>
+    <t>01034430312</t>
+  </si>
+  <si>
+    <t>VE.SIM. S.R.L.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2640,51 +2903,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="7" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2709,118 +2972,129 @@
     <xf numFmtId="0" fontId="7" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="8" fillId="7" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Migliaia 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale_Foglio1" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3044,83 +3318,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G240"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F242" sqref="F242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.81640625" customWidth="1"/>
     <col min="2" max="2" width="96.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.7265625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.26953125" customWidth="1"/>
     <col min="7" max="7" width="11.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="40" t="s">
+      <c r="A1" s="49" t="s">
         <v>675</v>
       </c>
-      <c r="B1" s="41"/>
-[...2 lines deleted...]
-      <c r="F1" s="43" t="s">
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="51"/>
+      <c r="F1" s="52" t="s">
         <v>122</v>
       </c>
-      <c r="G1" s="43"/>
+      <c r="G1" s="52"/>
     </row>
     <row r="2" spans="1:7" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="12">
         <v>2066970.58</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>282</v>
       </c>
@@ -6473,112 +6747,112 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{150EB431-05C7-44E1-A609-B70993B8C8CB}">
   <dimension ref="A1:L204"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.453125" customWidth="1"/>
     <col min="3" max="3" width="14.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1796875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.1796875" style="33" customWidth="1"/>
     <col min="6" max="6" width="17.54296875" customWidth="1"/>
     <col min="7" max="7" width="17.81640625" customWidth="1"/>
     <col min="8" max="8" width="31.453125" style="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.26953125" style="15" bestFit="1" customWidth="1"/>
     <col min="10" max="12" width="8.7265625" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="44" t="s">
+      <c r="A1" s="53" t="s">
         <v>674</v>
       </c>
-      <c r="B1" s="45"/>
-[...4 lines deleted...]
-      <c r="G1" s="46"/>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
     </row>
     <row r="2" spans="1:11" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="16" t="s">
         <v>434</v>
       </c>
       <c r="B2" s="16" t="s">
         <v>435</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="16" t="s">
         <v>436</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>437</v>
       </c>
       <c r="F2" s="38" t="s">
         <v>438</v>
       </c>
       <c r="G2" s="39" t="s">
         <v>439</v>
       </c>
       <c r="H2" s="15" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
         <v>441</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>442</v>
       </c>
       <c r="C3" s="21">
         <v>69</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F3" s="23">
         <v>2025</v>
       </c>
       <c r="G3" s="23">
         <v>2</v>
       </c>
-      <c r="H3" s="47" t="s">
+      <c r="H3" s="56" t="s">
         <v>445</v>
       </c>
-      <c r="I3" s="45"/>
+      <c r="I3" s="54"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="19" t="s">
         <v>446</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>90</v>
       </c>
       <c r="C4" s="21">
         <v>425</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E4" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F4" s="23">
         <v>2025</v>
       </c>
       <c r="G4" s="23">
         <v>2</v>
       </c>
       <c r="H4" s="25" t="s">
         <v>447</v>
@@ -6672,54 +6946,54 @@
         <v>440</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>455</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>456</v>
       </c>
       <c r="C8" s="21">
         <v>6500</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F8" s="23">
         <v>2025</v>
       </c>
       <c r="G8" s="23">
         <v>2</v>
       </c>
-      <c r="H8" s="48"/>
-[...2 lines deleted...]
-      <c r="K8" s="48"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>457</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>132</v>
       </c>
       <c r="C9" s="21">
         <v>285.56</v>
       </c>
       <c r="D9" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E9" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F9" s="23">
         <v>2025</v>
       </c>
       <c r="G9" s="23">
         <v>2</v>
       </c>
       <c r="H9" s="34"/>
       <c r="I9" s="35"/>
@@ -6807,54 +7081,54 @@
       <c r="J12" s="34"/>
       <c r="K12" s="34"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>463</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>107</v>
       </c>
       <c r="C13" s="15">
         <v>17921.88</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E13" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F13" s="23">
         <v>2025</v>
       </c>
       <c r="G13" s="23">
         <v>2</v>
       </c>
-      <c r="H13" s="48"/>
-[...2 lines deleted...]
-      <c r="K13" s="48"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="57"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="57"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A14" s="30" t="s">
         <v>464</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>465</v>
       </c>
       <c r="C14" s="21">
         <v>89545.04</v>
       </c>
       <c r="D14" s="19" t="s">
         <v>452</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>453</v>
       </c>
       <c r="F14" s="23">
         <v>2025</v>
       </c>
       <c r="G14" s="23">
         <v>2</v>
       </c>
       <c r="H14" s="34"/>
       <c r="I14" s="36"/>
@@ -6888,54 +7162,54 @@
       <c r="J15" s="34"/>
       <c r="K15" s="34"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>466</v>
       </c>
       <c r="B16" s="22" t="s">
         <v>466</v>
       </c>
       <c r="C16" s="21">
         <v>10535.78</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>452</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>453</v>
       </c>
       <c r="F16" s="23">
         <v>2025</v>
       </c>
       <c r="G16" s="23">
         <v>2</v>
       </c>
-      <c r="H16" s="48"/>
-[...2 lines deleted...]
-      <c r="K16" s="48"/>
+      <c r="H16" s="57"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="57"/>
+      <c r="K16" s="57"/>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>467</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="C17" s="21">
         <v>954.18000000000006</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F17" s="23">
         <v>2025</v>
       </c>
       <c r="G17" s="23">
         <v>2</v>
       </c>
       <c r="H17" s="34"/>
       <c r="I17" s="37"/>
@@ -11228,140 +11502,140 @@
       <c r="A204" s="15"/>
       <c r="B204" s="15"/>
       <c r="C204" s="14">
         <f>SUM(C3:C203)</f>
         <v>11721113.930000002</v>
       </c>
       <c r="D204" s="15"/>
       <c r="E204" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="H8:K8"/>
     <mergeCell ref="H13:K13"/>
     <mergeCell ref="H16:K16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD509AB2-7DB7-476D-976D-34EA2DD3ED22}">
   <dimension ref="A1:L251"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="C1" workbookViewId="0">
       <selection activeCell="P19" sqref="P19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="90.08984375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.90625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="8.90625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.36328125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A1" s="44" t="s">
+      <c r="A1" s="53" t="s">
         <v>676</v>
       </c>
-      <c r="B1" s="45"/>
-[...5 lines deleted...]
-      <c r="H1" s="46"/>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
+      <c r="H1" s="55"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
       <c r="K1" s="15"/>
       <c r="L1" s="15"/>
     </row>
     <row r="2" spans="1:12" ht="58" x14ac:dyDescent="0.35">
       <c r="A2" s="16" t="s">
         <v>434</v>
       </c>
       <c r="B2" s="16" t="s">
         <v>435</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="17"/>
       <c r="E2" s="16" t="s">
         <v>436</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>437</v>
       </c>
-      <c r="G2" s="54" t="s">
+      <c r="G2" s="41" t="s">
         <v>438</v>
       </c>
-      <c r="H2" s="55" t="s">
+      <c r="H2" s="42" t="s">
         <v>439</v>
       </c>
       <c r="I2" s="15" t="s">
         <v>440</v>
       </c>
       <c r="J2" s="15"/>
       <c r="K2" s="15"/>
       <c r="L2" s="15"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
         <v>446</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>90</v>
       </c>
       <c r="C3" s="21">
         <v>420</v>
       </c>
       <c r="D3" s="13"/>
       <c r="E3" s="19" t="s">
         <v>443</v>
       </c>
       <c r="F3" s="22" t="s">
         <v>444</v>
       </c>
       <c r="G3" s="23">
         <v>2025</v>
       </c>
       <c r="H3" s="24">
         <v>3</v>
       </c>
-      <c r="I3" s="47" t="s">
+      <c r="I3" s="56" t="s">
         <v>445</v>
       </c>
-      <c r="J3" s="45"/>
+      <c r="J3" s="54"/>
       <c r="K3" s="15"/>
       <c r="L3" s="15"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A4" s="19" t="s">
         <v>455</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>456</v>
       </c>
       <c r="C4" s="21">
         <v>6500</v>
       </c>
       <c r="D4" s="13"/>
       <c r="E4" s="19" t="s">
         <v>443</v>
       </c>
       <c r="F4" s="22" t="s">
         <v>444</v>
       </c>
       <c r="G4" s="23">
         <v>2025</v>
       </c>
       <c r="H4" s="24">
         <v>3</v>
@@ -18331,161 +18605,5608 @@
       </c>
       <c r="F251" s="22" t="s">
         <v>453</v>
       </c>
       <c r="G251" s="23">
         <v>2025</v>
       </c>
       <c r="H251" s="24">
         <v>3</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15"/>
       <c r="K251" s="15"/>
       <c r="L251" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="I3:J3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{083F2B43-ECC3-4DDA-AB49-7BC0A72706D4}">
+  <dimension ref="A1:I235"/>
+  <sheetViews>
+    <sheetView topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="J25" sqref="J25"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="19.26953125" customWidth="1"/>
+    <col min="2" max="2" width="45.36328125" style="45" customWidth="1"/>
+    <col min="3" max="3" width="17.36328125" customWidth="1"/>
+    <col min="4" max="4" width="23.26953125" customWidth="1"/>
+    <col min="5" max="5" width="27.453125" customWidth="1"/>
+    <col min="7" max="7" width="10.6328125" customWidth="1"/>
+    <col min="8" max="8" width="26.08984375" customWidth="1"/>
+    <col min="9" max="9" width="15.26953125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A1" s="53" t="s">
+        <v>676</v>
+      </c>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
+    </row>
+    <row r="2" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A2" s="46" t="s">
+        <v>434</v>
+      </c>
+      <c r="B2" s="39" t="s">
+        <v>435</v>
+      </c>
+      <c r="C2" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="46" t="s">
+        <v>436</v>
+      </c>
+      <c r="E2" s="48" t="s">
+        <v>437</v>
+      </c>
+      <c r="F2" s="42" t="s">
+        <v>438</v>
+      </c>
+      <c r="G2" s="42" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
+        <v>446</v>
+      </c>
+      <c r="B3" s="44" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" s="21">
+        <v>1600</v>
+      </c>
+      <c r="D3" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E3" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F3" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G3" s="24">
+        <v>4</v>
+      </c>
+      <c r="H3" s="56" t="s">
+        <v>445</v>
+      </c>
+      <c r="I3" s="54"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
+        <v>448</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>449</v>
+      </c>
+      <c r="C4" s="21">
+        <v>634.05999999999995</v>
+      </c>
+      <c r="D4" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E4" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F4" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G4" s="24">
+        <v>4</v>
+      </c>
+      <c r="H4" s="25" t="s">
+        <v>447</v>
+      </c>
+      <c r="I4" s="26">
+        <v>4497084.43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
+        <v>451</v>
+      </c>
+      <c r="B5" s="44" t="s">
+        <v>219</v>
+      </c>
+      <c r="C5" s="21">
+        <v>327011.51999999996</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E5" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F5" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G5" s="24">
+        <v>4</v>
+      </c>
+      <c r="H5" s="25" t="s">
+        <v>450</v>
+      </c>
+      <c r="I5" s="26">
+        <v>10689761.849999998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
+        <v>454</v>
+      </c>
+      <c r="B6" s="44" t="s">
+        <v>328</v>
+      </c>
+      <c r="C6" s="21">
+        <v>489.76</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E6" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F6" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G6" s="24">
+        <v>4</v>
+      </c>
+      <c r="H6" s="28"/>
+      <c r="I6" s="29">
+        <v>15186846.279999997</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B7" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C7" s="21">
+        <v>1940</v>
+      </c>
+      <c r="D7" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E7" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F7" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G7" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="B8" s="44" t="s">
+        <v>456</v>
+      </c>
+      <c r="C8" s="21">
+        <v>6500</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E8" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F8" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G8" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="B9" s="44" t="s">
+        <v>132</v>
+      </c>
+      <c r="C9" s="21">
+        <v>126.53</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E9" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F9" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G9" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="B10" s="44" t="s">
+        <v>132</v>
+      </c>
+      <c r="C10" s="21">
+        <v>65100</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E10" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F10" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G10" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
+        <v>788</v>
+      </c>
+      <c r="B11" s="44" t="s">
+        <v>789</v>
+      </c>
+      <c r="C11" s="21">
+        <v>3014009.31</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F11" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G11" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
+        <v>790</v>
+      </c>
+      <c r="B12" s="44" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="21">
+        <v>1627927.1</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E12" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F12" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G12" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="B13" s="44" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" s="21">
+        <v>1380.8700000000001</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E13" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F13" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G13" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="B14" s="44" t="s">
+        <v>460</v>
+      </c>
+      <c r="C14" s="21">
+        <v>758</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E14" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F14" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G14" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="B15" s="44" t="s">
+        <v>462</v>
+      </c>
+      <c r="C15" s="21">
+        <v>106500</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E15" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F15" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G15" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="B16" s="44" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" s="21">
+        <v>19991.560000000001</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E16" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F16" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G16" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
+        <v>467</v>
+      </c>
+      <c r="B17" s="44" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" s="21">
+        <v>570.76</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E17" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G17" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
+        <v>791</v>
+      </c>
+      <c r="B18" s="44" t="s">
+        <v>792</v>
+      </c>
+      <c r="C18" s="21">
+        <v>2144.92</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E18" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F18" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G18" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
+        <v>470</v>
+      </c>
+      <c r="B19" s="44" t="s">
+        <v>471</v>
+      </c>
+      <c r="C19" s="21">
+        <v>1364.2</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E19" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F19" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G19" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
+        <v>472</v>
+      </c>
+      <c r="B20" s="44" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="21">
+        <v>2685</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E20" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F20" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G20" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
+        <v>474</v>
+      </c>
+      <c r="B21" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="21">
+        <v>233729.7</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E21" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F21" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G21" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
+        <v>793</v>
+      </c>
+      <c r="B22" s="44" t="s">
+        <v>794</v>
+      </c>
+      <c r="C22" s="21">
+        <v>112150.65</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E22" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F22" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G22" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
+        <v>477</v>
+      </c>
+      <c r="B23" s="44" t="s">
+        <v>478</v>
+      </c>
+      <c r="C23" s="21">
+        <v>31294.93</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E23" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F23" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G23" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="B24" s="44" t="s">
+        <v>480</v>
+      </c>
+      <c r="C24" s="21">
+        <v>270</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E24" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F24" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G24" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
+        <v>481</v>
+      </c>
+      <c r="B25" s="44" t="s">
+        <v>81</v>
+      </c>
+      <c r="C25" s="21">
+        <v>336.07</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E25" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F25" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G25" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="B26" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="21">
+        <v>180</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E26" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F26" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G26" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B27" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C27" s="21">
+        <v>1469.7</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E27" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F27" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G27" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
+        <v>485</v>
+      </c>
+      <c r="B28" s="44" t="s">
+        <v>486</v>
+      </c>
+      <c r="C28" s="21">
+        <v>375</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E28" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F28" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G28" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="B29" s="44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="21">
+        <v>97400</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E29" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F29" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G29" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
+        <v>795</v>
+      </c>
+      <c r="B30" s="44" t="s">
+        <v>796</v>
+      </c>
+      <c r="C30" s="21">
+        <v>10455.56</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E30" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F30" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G30" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
+        <v>682</v>
+      </c>
+      <c r="B31" s="44" t="s">
+        <v>332</v>
+      </c>
+      <c r="C31" s="21">
+        <v>313489</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E31" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F31" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G31" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B32" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C32" s="21">
+        <v>137.34</v>
+      </c>
+      <c r="D32" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F32" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G32" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
+        <v>797</v>
+      </c>
+      <c r="B33" s="44" t="s">
+        <v>798</v>
+      </c>
+      <c r="C33" s="21">
+        <v>2483</v>
+      </c>
+      <c r="D33" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E33" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F33" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G33" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B34" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C34" s="21">
+        <v>6459.98</v>
+      </c>
+      <c r="D34" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E34" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F34" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G34" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
+        <v>487</v>
+      </c>
+      <c r="B35" s="44" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" s="21">
+        <v>491.78</v>
+      </c>
+      <c r="D35" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E35" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F35" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G35" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
+        <v>487</v>
+      </c>
+      <c r="B36" s="44" t="s">
+        <v>213</v>
+      </c>
+      <c r="C36" s="21">
+        <v>23000</v>
+      </c>
+      <c r="D36" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E36" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F36" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G36" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
+        <v>683</v>
+      </c>
+      <c r="B37" s="44" t="s">
+        <v>684</v>
+      </c>
+      <c r="C37" s="21">
+        <v>912.7</v>
+      </c>
+      <c r="D37" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E37" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F37" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G37" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B38" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C38" s="21">
+        <v>8977.92</v>
+      </c>
+      <c r="D38" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E38" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F38" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G38" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B39" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C39" s="21">
+        <v>6623.75</v>
+      </c>
+      <c r="D39" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E39" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F39" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G39" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
+        <v>488</v>
+      </c>
+      <c r="B40" s="44" t="s">
+        <v>489</v>
+      </c>
+      <c r="C40" s="21">
+        <v>217965.88</v>
+      </c>
+      <c r="D40" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E40" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F40" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G40" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B41" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C41" s="21">
+        <v>24.47</v>
+      </c>
+      <c r="D41" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E41" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F41" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G41" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
+        <v>490</v>
+      </c>
+      <c r="B42" s="44" t="s">
+        <v>491</v>
+      </c>
+      <c r="C42" s="21">
+        <v>125000</v>
+      </c>
+      <c r="D42" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E42" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F42" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G42" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
+        <v>686</v>
+      </c>
+      <c r="B43" s="44" t="s">
+        <v>337</v>
+      </c>
+      <c r="C43" s="21">
+        <v>2074.8000000000002</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E43" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F43" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G43" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B44" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C44" s="21">
+        <v>137.34</v>
+      </c>
+      <c r="D44" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E44" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F44" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G44" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B45" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C45" s="21">
+        <v>137.33000000000001</v>
+      </c>
+      <c r="D45" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E45" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F45" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G45" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B46" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C46" s="21">
+        <v>3677.24</v>
+      </c>
+      <c r="D46" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E46" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F46" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G46" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B47" s="44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" s="21">
+        <v>6041.15</v>
+      </c>
+      <c r="D47" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E47" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F47" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G47" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B48" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C48" s="21">
+        <v>22436.12</v>
+      </c>
+      <c r="D48" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E48" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F48" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G48" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
+        <v>799</v>
+      </c>
+      <c r="B49" s="44" t="s">
+        <v>800</v>
+      </c>
+      <c r="C49" s="21">
+        <v>377.5</v>
+      </c>
+      <c r="D49" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E49" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F49" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G49" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
+        <v>493</v>
+      </c>
+      <c r="B50" s="44" t="s">
+        <v>101</v>
+      </c>
+      <c r="C50" s="21">
+        <v>679.2</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E50" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F50" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G50" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B51" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C51" s="21">
+        <v>1418</v>
+      </c>
+      <c r="D51" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E51" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F51" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G51" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B52" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C52" s="21">
+        <v>835.5</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E52" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F52" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G52" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
+        <v>689</v>
+      </c>
+      <c r="B53" s="44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C53" s="21">
+        <v>1600</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E53" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F53" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G53" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
+        <v>494</v>
+      </c>
+      <c r="B54" s="44" t="s">
+        <v>495</v>
+      </c>
+      <c r="C54" s="21">
+        <v>12537.68</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E54" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F54" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G54" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A55" s="19" t="s">
+        <v>496</v>
+      </c>
+      <c r="B55" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="C55" s="21">
+        <v>267.43</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E55" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F55" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G55" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A56" s="19" t="s">
+        <v>801</v>
+      </c>
+      <c r="B56" s="44" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" s="21">
+        <v>3000</v>
+      </c>
+      <c r="D56" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E56" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F56" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G56" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B57" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C57" s="21">
+        <v>7982</v>
+      </c>
+      <c r="D57" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E57" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F57" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G57" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A58" s="19" t="s">
+        <v>802</v>
+      </c>
+      <c r="B58" s="44" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" s="21">
+        <v>10594.5</v>
+      </c>
+      <c r="D58" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E58" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F58" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G58" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A59" s="19" t="s">
+        <v>803</v>
+      </c>
+      <c r="B59" s="44" t="s">
+        <v>804</v>
+      </c>
+      <c r="C59" s="21">
+        <v>177550.45</v>
+      </c>
+      <c r="D59" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E59" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F59" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G59" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A60" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B60" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C60" s="21">
+        <v>523.48</v>
+      </c>
+      <c r="D60" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E60" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F60" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G60" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A61" s="19" t="s">
+        <v>499</v>
+      </c>
+      <c r="B61" s="44" t="s">
+        <v>113</v>
+      </c>
+      <c r="C61" s="21">
+        <v>272945.32</v>
+      </c>
+      <c r="D61" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E61" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F61" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G61" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A62" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B62" s="44" t="s">
+        <v>501</v>
+      </c>
+      <c r="C62" s="21">
+        <v>16928.64</v>
+      </c>
+      <c r="D62" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E62" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F62" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G62" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A63" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B63" s="44" t="s">
+        <v>501</v>
+      </c>
+      <c r="C63" s="21">
+        <v>219800</v>
+      </c>
+      <c r="D63" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E63" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F63" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G63" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A64" s="19" t="s">
+        <v>504</v>
+      </c>
+      <c r="B64" s="44" t="s">
+        <v>505</v>
+      </c>
+      <c r="C64" s="21">
+        <v>680</v>
+      </c>
+      <c r="D64" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E64" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F64" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G64" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
+        <v>805</v>
+      </c>
+      <c r="B65" s="44" t="s">
+        <v>806</v>
+      </c>
+      <c r="C65" s="21">
+        <v>24732.18</v>
+      </c>
+      <c r="D65" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E65" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F65" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G65" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
+        <v>506</v>
+      </c>
+      <c r="B66" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C66" s="21">
+        <v>109.17</v>
+      </c>
+      <c r="D66" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E66" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F66" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G66" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
+        <v>807</v>
+      </c>
+      <c r="B67" s="44" t="s">
+        <v>808</v>
+      </c>
+      <c r="C67" s="21">
+        <v>430.01</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E67" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F67" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G67" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
+        <v>696</v>
+      </c>
+      <c r="B68" s="44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C68" s="21">
+        <v>38395.9</v>
+      </c>
+      <c r="D68" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E68" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F68" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G68" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
+        <v>697</v>
+      </c>
+      <c r="B69" s="44" t="s">
+        <v>698</v>
+      </c>
+      <c r="C69" s="21">
+        <v>329.67</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E69" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F69" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G69" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
+        <v>510</v>
+      </c>
+      <c r="B70" s="44" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" s="21">
+        <v>353905.02</v>
+      </c>
+      <c r="D70" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E70" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F70" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G70" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
+        <v>511</v>
+      </c>
+      <c r="B71" s="44" t="s">
+        <v>512</v>
+      </c>
+      <c r="C71" s="21">
+        <v>2797.23</v>
+      </c>
+      <c r="D71" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E71" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F71" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G71" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
+        <v>703</v>
+      </c>
+      <c r="B72" s="44" t="s">
+        <v>44</v>
+      </c>
+      <c r="C72" s="21">
+        <v>2889.03</v>
+      </c>
+      <c r="D72" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E72" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F72" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G72" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B73" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C73" s="21">
+        <v>10068.07</v>
+      </c>
+      <c r="D73" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E73" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F73" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G73" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
+        <v>513</v>
+      </c>
+      <c r="B74" s="44" t="s">
+        <v>514</v>
+      </c>
+      <c r="C74" s="21">
+        <v>13090</v>
+      </c>
+      <c r="D74" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E74" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F74" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G74" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B75" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C75" s="21">
+        <v>2170</v>
+      </c>
+      <c r="D75" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E75" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F75" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G75" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
+        <v>516</v>
+      </c>
+      <c r="B76" s="44" t="s">
+        <v>517</v>
+      </c>
+      <c r="C76" s="21">
+        <v>168.06</v>
+      </c>
+      <c r="D76" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E76" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F76" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G76" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
+        <v>518</v>
+      </c>
+      <c r="B77" s="44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C77" s="21">
+        <v>1230.53</v>
+      </c>
+      <c r="D77" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E77" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F77" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G77" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
+        <v>519</v>
+      </c>
+      <c r="B78" s="44" t="s">
+        <v>520</v>
+      </c>
+      <c r="C78" s="21">
+        <v>2500</v>
+      </c>
+      <c r="D78" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E78" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F78" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G78" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B79" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C79" s="21">
+        <v>16032</v>
+      </c>
+      <c r="D79" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E79" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F79" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G79" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B80" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C80" s="21">
+        <v>630.47</v>
+      </c>
+      <c r="D80" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E80" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F80" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G80" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
+        <v>809</v>
+      </c>
+      <c r="B81" s="44" t="s">
+        <v>810</v>
+      </c>
+      <c r="C81" s="21">
+        <v>2468.9299999999998</v>
+      </c>
+      <c r="D81" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E81" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F81" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G81" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
+        <v>522</v>
+      </c>
+      <c r="B82" s="44" t="s">
+        <v>523</v>
+      </c>
+      <c r="C82" s="21">
+        <v>317192.69</v>
+      </c>
+      <c r="D82" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E82" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F82" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G82" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
+        <v>710</v>
+      </c>
+      <c r="B83" s="44" t="s">
+        <v>359</v>
+      </c>
+      <c r="C83" s="21">
+        <v>1734.53</v>
+      </c>
+      <c r="D83" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E83" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F83" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G83" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
+        <v>710</v>
+      </c>
+      <c r="B84" s="44" t="s">
+        <v>359</v>
+      </c>
+      <c r="C84" s="21">
+        <v>9600</v>
+      </c>
+      <c r="D84" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E84" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F84" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G84" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
+        <v>524</v>
+      </c>
+      <c r="B85" s="44" t="s">
+        <v>105</v>
+      </c>
+      <c r="C85" s="21">
+        <v>914.85</v>
+      </c>
+      <c r="D85" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E85" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F85" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G85" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
+        <v>811</v>
+      </c>
+      <c r="B86" s="44" t="s">
+        <v>162</v>
+      </c>
+      <c r="C86" s="21">
+        <v>11762.21</v>
+      </c>
+      <c r="D86" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E86" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F86" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G86" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
+        <v>525</v>
+      </c>
+      <c r="B87" s="44" t="s">
+        <v>15</v>
+      </c>
+      <c r="C87" s="21">
+        <v>1366.4</v>
+      </c>
+      <c r="D87" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E87" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F87" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G87" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B88" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C88" s="21">
+        <v>870</v>
+      </c>
+      <c r="D88" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E88" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F88" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G88" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
+        <v>812</v>
+      </c>
+      <c r="B89" s="44" t="s">
+        <v>95</v>
+      </c>
+      <c r="C89" s="21">
+        <v>213</v>
+      </c>
+      <c r="D89" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E89" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F89" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G89" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="B90" s="44" t="s">
+        <v>527</v>
+      </c>
+      <c r="C90" s="21">
+        <v>1877.91</v>
+      </c>
+      <c r="D90" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E90" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F90" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G90" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A91" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="B91" s="44" t="s">
+        <v>527</v>
+      </c>
+      <c r="C91" s="21">
+        <v>17251.919999999998</v>
+      </c>
+      <c r="D91" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E91" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F91" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G91" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A92" s="19" t="s">
+        <v>813</v>
+      </c>
+      <c r="B92" s="44" t="s">
+        <v>96</v>
+      </c>
+      <c r="C92" s="21">
+        <v>391.96</v>
+      </c>
+      <c r="D92" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E92" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F92" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G92" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
+        <v>713</v>
+      </c>
+      <c r="B93" s="44" t="s">
+        <v>714</v>
+      </c>
+      <c r="C93" s="21">
+        <v>14886.41</v>
+      </c>
+      <c r="D93" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E93" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F93" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G93" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A94" s="19" t="s">
+        <v>531</v>
+      </c>
+      <c r="B94" s="44" t="s">
+        <v>65</v>
+      </c>
+      <c r="C94" s="21">
+        <v>351100</v>
+      </c>
+      <c r="D94" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E94" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F94" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G94" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A95" s="19" t="s">
+        <v>532</v>
+      </c>
+      <c r="B95" s="44" t="s">
+        <v>533</v>
+      </c>
+      <c r="C95" s="21">
+        <v>17149.72</v>
+      </c>
+      <c r="D95" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E95" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F95" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G95" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A96" s="19" t="s">
+        <v>814</v>
+      </c>
+      <c r="B96" s="44" t="s">
+        <v>815</v>
+      </c>
+      <c r="C96" s="21">
+        <v>1414.89</v>
+      </c>
+      <c r="D96" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E96" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F96" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G96" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A97" s="19" t="s">
+        <v>536</v>
+      </c>
+      <c r="B97" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C97" s="21">
+        <v>451.62</v>
+      </c>
+      <c r="D97" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E97" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F97" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G97" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A98" s="19" t="s">
+        <v>816</v>
+      </c>
+      <c r="B98" s="44" t="s">
+        <v>817</v>
+      </c>
+      <c r="C98" s="21">
+        <v>15600</v>
+      </c>
+      <c r="D98" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E98" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F98" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G98" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A99" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="B99" s="44" t="s">
+        <v>361</v>
+      </c>
+      <c r="C99" s="21">
+        <v>11582.599999999999</v>
+      </c>
+      <c r="D99" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F99" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G99" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A100" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="B100" s="44" t="s">
+        <v>28</v>
+      </c>
+      <c r="C100" s="21">
+        <v>4320.8999999999996</v>
+      </c>
+      <c r="D100" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E100" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F100" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G100" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
+        <v>717</v>
+      </c>
+      <c r="B101" s="44" t="s">
+        <v>718</v>
+      </c>
+      <c r="C101" s="21">
+        <v>192174.9</v>
+      </c>
+      <c r="D101" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E101" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F101" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G101" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A102" s="19" t="s">
+        <v>819</v>
+      </c>
+      <c r="B102" s="44" t="s">
+        <v>820</v>
+      </c>
+      <c r="C102" s="21">
+        <v>1762.13</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E102" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F102" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G102" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A103" s="19" t="s">
+        <v>537</v>
+      </c>
+      <c r="B103" s="44" t="s">
+        <v>86</v>
+      </c>
+      <c r="C103" s="21">
+        <v>2220.38</v>
+      </c>
+      <c r="D103" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E103" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F103" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G103" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A104" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="B104" s="44" t="s">
+        <v>541</v>
+      </c>
+      <c r="C104" s="21">
+        <v>730974.41999999993</v>
+      </c>
+      <c r="D104" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E104" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F104" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G104" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A105" s="19" t="s">
+        <v>821</v>
+      </c>
+      <c r="B105" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="C105" s="21">
+        <v>19159.560000000001</v>
+      </c>
+      <c r="D105" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E105" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F105" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G105" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A106" s="19" t="s">
+        <v>544</v>
+      </c>
+      <c r="B106" s="44" t="s">
+        <v>545</v>
+      </c>
+      <c r="C106" s="21">
+        <v>215326.52</v>
+      </c>
+      <c r="D106" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E106" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F106" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G106" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A107" s="19" t="s">
+        <v>822</v>
+      </c>
+      <c r="B107" s="44" t="s">
+        <v>823</v>
+      </c>
+      <c r="C107" s="21">
+        <v>110</v>
+      </c>
+      <c r="D107" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E107" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F107" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G107" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A108" s="19" t="s">
+        <v>824</v>
+      </c>
+      <c r="B108" s="44" t="s">
+        <v>369</v>
+      </c>
+      <c r="C108" s="21">
+        <v>54877.46</v>
+      </c>
+      <c r="D108" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E108" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F108" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G108" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A109" s="19" t="s">
+        <v>550</v>
+      </c>
+      <c r="B109" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="C109" s="21">
+        <v>88.2</v>
+      </c>
+      <c r="D109" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E109" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F109" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G109" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A110" s="19" t="s">
+        <v>550</v>
+      </c>
+      <c r="B110" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="C110" s="21">
+        <v>8893.33</v>
+      </c>
+      <c r="D110" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E110" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F110" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G110" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A111" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B111" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C111" s="21">
+        <v>1267.6600000000001</v>
+      </c>
+      <c r="D111" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E111" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F111" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G111" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A112" s="19" t="s">
+        <v>825</v>
+      </c>
+      <c r="B112" s="44" t="s">
+        <v>371</v>
+      </c>
+      <c r="C112" s="21">
+        <v>200</v>
+      </c>
+      <c r="D112" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E112" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F112" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G112" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A113" s="19" t="s">
+        <v>826</v>
+      </c>
+      <c r="B113" s="44" t="s">
+        <v>827</v>
+      </c>
+      <c r="C113" s="21">
+        <v>702</v>
+      </c>
+      <c r="D113" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E113" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F113" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G113" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A114" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B114" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C114" s="21">
+        <v>10775.73</v>
+      </c>
+      <c r="D114" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E114" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F114" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G114" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A115" s="19" t="s">
+        <v>555</v>
+      </c>
+      <c r="B115" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C115" s="21">
+        <v>1415.6100000000001</v>
+      </c>
+      <c r="D115" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E115" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F115" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G115" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A116" s="19" t="s">
+        <v>828</v>
+      </c>
+      <c r="B116" s="44" t="s">
+        <v>377</v>
+      </c>
+      <c r="C116" s="21">
+        <v>237100</v>
+      </c>
+      <c r="D116" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E116" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F116" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G116" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A117" s="19" t="s">
+        <v>829</v>
+      </c>
+      <c r="B117" s="44" t="s">
+        <v>830</v>
+      </c>
+      <c r="C117" s="21">
+        <v>6440</v>
+      </c>
+      <c r="D117" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E117" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F117" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G117" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A118" s="19" t="s">
+        <v>559</v>
+      </c>
+      <c r="B118" s="44" t="s">
+        <v>722</v>
+      </c>
+      <c r="C118" s="21">
+        <v>3575.88</v>
+      </c>
+      <c r="D118" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E118" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F118" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G118" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A119" s="19" t="s">
+        <v>723</v>
+      </c>
+      <c r="B119" s="44" t="s">
+        <v>724</v>
+      </c>
+      <c r="C119" s="21">
+        <v>121425.1</v>
+      </c>
+      <c r="D119" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E119" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F119" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G119" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A120" s="19" t="s">
+        <v>561</v>
+      </c>
+      <c r="B120" s="44" t="s">
+        <v>562</v>
+      </c>
+      <c r="C120" s="21">
+        <v>38467.86</v>
+      </c>
+      <c r="D120" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E120" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F120" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G120" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A121" s="19" t="s">
+        <v>831</v>
+      </c>
+      <c r="B121" s="44" t="s">
+        <v>832</v>
+      </c>
+      <c r="C121" s="21">
+        <v>30</v>
+      </c>
+      <c r="D121" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E121" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F121" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G121" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A122" s="19" t="s">
+        <v>833</v>
+      </c>
+      <c r="B122" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C122" s="21">
+        <v>154903.42000000001</v>
+      </c>
+      <c r="D122" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E122" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F122" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G122" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A123" s="19" t="s">
+        <v>834</v>
+      </c>
+      <c r="B123" s="44" t="s">
+        <v>835</v>
+      </c>
+      <c r="C123" s="21">
+        <v>184033</v>
+      </c>
+      <c r="D123" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E123" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F123" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G123" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A124" s="19" t="s">
+        <v>563</v>
+      </c>
+      <c r="B124" s="44" t="s">
+        <v>564</v>
+      </c>
+      <c r="C124" s="21">
+        <v>9795.17</v>
+      </c>
+      <c r="D124" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E124" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F124" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G124" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A125" s="19" t="s">
+        <v>730</v>
+      </c>
+      <c r="B125" s="44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C125" s="21">
+        <v>9922.5</v>
+      </c>
+      <c r="D125" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E125" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F125" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G125" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A126" s="19" t="s">
+        <v>731</v>
+      </c>
+      <c r="B126" s="44" t="s">
+        <v>732</v>
+      </c>
+      <c r="C126" s="21">
+        <v>178399.67</v>
+      </c>
+      <c r="D126" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E126" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F126" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G126" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A127" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B127" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="C127" s="21">
+        <v>1807.69</v>
+      </c>
+      <c r="D127" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E127" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F127" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G127" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A128" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B128" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="C128" s="21">
+        <v>26263.41</v>
+      </c>
+      <c r="D128" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E128" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F128" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G128" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A129" s="19" t="s">
+        <v>571</v>
+      </c>
+      <c r="B129" s="44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C129" s="21">
+        <v>32422.93</v>
+      </c>
+      <c r="D129" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E129" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F129" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G129" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A130" s="19" t="s">
+        <v>574</v>
+      </c>
+      <c r="B130" s="44" t="s">
+        <v>85</v>
+      </c>
+      <c r="C130" s="21">
+        <v>494.51</v>
+      </c>
+      <c r="D130" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E130" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F130" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G130" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A131" s="19" t="s">
+        <v>575</v>
+      </c>
+      <c r="B131" s="44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C131" s="21">
+        <v>61123.26</v>
+      </c>
+      <c r="D131" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E131" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F131" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G131" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A132" s="19" t="s">
+        <v>836</v>
+      </c>
+      <c r="B132" s="44" t="s">
+        <v>31</v>
+      </c>
+      <c r="C132" s="21">
+        <v>1727</v>
+      </c>
+      <c r="D132" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E132" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F132" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G132" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A133" s="19" t="s">
+        <v>556</v>
+      </c>
+      <c r="B133" s="44" t="s">
+        <v>580</v>
+      </c>
+      <c r="C133" s="21">
+        <v>5379.53</v>
+      </c>
+      <c r="D133" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E133" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F133" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G133" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A134" s="19" t="s">
+        <v>581</v>
+      </c>
+      <c r="B134" s="44" t="s">
+        <v>35</v>
+      </c>
+      <c r="C134" s="21">
+        <v>39021.379999999997</v>
+      </c>
+      <c r="D134" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E134" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F134" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G134" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A135" s="19" t="s">
+        <v>583</v>
+      </c>
+      <c r="B135" s="44" t="s">
+        <v>62</v>
+      </c>
+      <c r="C135" s="21">
+        <v>1835</v>
+      </c>
+      <c r="D135" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E135" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F135" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G135" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A136" s="19" t="s">
+        <v>584</v>
+      </c>
+      <c r="B136" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="C136" s="21">
+        <v>67.62</v>
+      </c>
+      <c r="D136" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E136" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F136" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G136" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A137" s="19" t="s">
+        <v>585</v>
+      </c>
+      <c r="B137" s="44" t="s">
+        <v>586</v>
+      </c>
+      <c r="C137" s="21">
+        <v>94982.43</v>
+      </c>
+      <c r="D137" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E137" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F137" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G137" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A138" s="19" t="s">
+        <v>587</v>
+      </c>
+      <c r="B138" s="44" t="s">
+        <v>386</v>
+      </c>
+      <c r="C138" s="21">
+        <v>48280.2</v>
+      </c>
+      <c r="D138" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E138" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F138" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G138" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A139" s="19" t="s">
+        <v>588</v>
+      </c>
+      <c r="B139" s="44" t="s">
+        <v>264</v>
+      </c>
+      <c r="C139" s="21">
+        <v>122.94</v>
+      </c>
+      <c r="D139" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E139" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F139" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G139" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A140" s="19" t="s">
+        <v>837</v>
+      </c>
+      <c r="B140" s="44" t="s">
+        <v>838</v>
+      </c>
+      <c r="C140" s="21">
+        <v>590</v>
+      </c>
+      <c r="D140" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E140" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F140" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G140" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A141" s="19" t="s">
+        <v>839</v>
+      </c>
+      <c r="B141" s="44" t="s">
+        <v>840</v>
+      </c>
+      <c r="C141" s="21">
+        <v>114514.4</v>
+      </c>
+      <c r="D141" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E141" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F141" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G141" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A142" s="19" t="s">
+        <v>841</v>
+      </c>
+      <c r="B142" s="44" t="s">
+        <v>842</v>
+      </c>
+      <c r="C142" s="21">
+        <v>1626.75</v>
+      </c>
+      <c r="D142" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E142" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F142" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G142" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A143" s="19" t="s">
+        <v>843</v>
+      </c>
+      <c r="B143" s="44" t="s">
+        <v>844</v>
+      </c>
+      <c r="C143" s="21">
+        <v>6000</v>
+      </c>
+      <c r="D143" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E143" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F143" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G143" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A144" s="19" t="s">
+        <v>589</v>
+      </c>
+      <c r="B144" s="44" t="s">
+        <v>21</v>
+      </c>
+      <c r="C144" s="21">
+        <v>15618.36</v>
+      </c>
+      <c r="D144" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E144" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F144" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G144" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A145" s="19" t="s">
+        <v>590</v>
+      </c>
+      <c r="B145" s="44" t="s">
+        <v>100</v>
+      </c>
+      <c r="C145" s="21">
+        <v>5828.51</v>
+      </c>
+      <c r="D145" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E145" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F145" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G145" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A146" s="19" t="s">
+        <v>591</v>
+      </c>
+      <c r="B146" s="44" t="s">
+        <v>592</v>
+      </c>
+      <c r="C146" s="21">
+        <v>13227.86</v>
+      </c>
+      <c r="D146" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E146" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F146" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G146" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A147" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B147" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C147" s="21">
+        <v>8635.91</v>
+      </c>
+      <c r="D147" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E147" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F147" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G147" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A148" s="19" t="s">
+        <v>595</v>
+      </c>
+      <c r="B148" s="44" t="s">
+        <v>391</v>
+      </c>
+      <c r="C148" s="21">
+        <v>402.3</v>
+      </c>
+      <c r="D148" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E148" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F148" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G148" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A149" s="19" t="s">
+        <v>845</v>
+      </c>
+      <c r="B149" s="44" t="s">
+        <v>61</v>
+      </c>
+      <c r="C149" s="21">
+        <v>45.61</v>
+      </c>
+      <c r="D149" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E149" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F149" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G149" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A150" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B150" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C150" s="21">
+        <v>7421.75</v>
+      </c>
+      <c r="D150" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E150" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F150" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G150" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A151" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B151" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C151" s="21">
+        <v>4635.28</v>
+      </c>
+      <c r="D151" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E151" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F151" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G151" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A152" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B152" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C152" s="21">
+        <v>2702.5</v>
+      </c>
+      <c r="D152" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E152" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F152" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G152" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A153" s="19" t="s">
+        <v>599</v>
+      </c>
+      <c r="B153" s="44" t="s">
+        <v>600</v>
+      </c>
+      <c r="C153" s="21">
+        <v>168506.31</v>
+      </c>
+      <c r="D153" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E153" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F153" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G153" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A154" s="19" t="s">
+        <v>846</v>
+      </c>
+      <c r="B154" s="44" t="s">
+        <v>847</v>
+      </c>
+      <c r="C154" s="21">
+        <v>47.28</v>
+      </c>
+      <c r="D154" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E154" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F154" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G154" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A155" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B155" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C155" s="21">
+        <v>1043.5999999999999</v>
+      </c>
+      <c r="D155" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E155" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F155" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G155" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A156" s="19" t="s">
+        <v>848</v>
+      </c>
+      <c r="B156" s="44" t="s">
+        <v>849</v>
+      </c>
+      <c r="C156" s="21">
+        <v>18000</v>
+      </c>
+      <c r="D156" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E156" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F156" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G156" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A157" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B157" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C157" s="21">
+        <v>2284.2800000000002</v>
+      </c>
+      <c r="D157" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E157" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F157" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G157" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A158" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B158" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C158" s="21">
+        <v>3164.97</v>
+      </c>
+      <c r="D158" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E158" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F158" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G158" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A159" s="19" t="s">
+        <v>602</v>
+      </c>
+      <c r="B159" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C159" s="21">
+        <v>38639.31</v>
+      </c>
+      <c r="D159" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E159" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F159" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G159" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A160" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B160" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C160" s="21">
+        <v>6532.6</v>
+      </c>
+      <c r="D160" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E160" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F160" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G160" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A161" s="19" t="s">
+        <v>603</v>
+      </c>
+      <c r="B161" s="44" t="s">
+        <v>403</v>
+      </c>
+      <c r="C161" s="21">
+        <v>539821.85000000009</v>
+      </c>
+      <c r="D161" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E161" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F161" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G161" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A162" s="19" t="s">
+        <v>748</v>
+      </c>
+      <c r="B162" s="44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C162" s="21">
+        <v>42936.84</v>
+      </c>
+      <c r="D162" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E162" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F162" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G162" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A163" s="19" t="s">
+        <v>604</v>
+      </c>
+      <c r="B163" s="44" t="s">
+        <v>404</v>
+      </c>
+      <c r="C163" s="21">
+        <v>92665.31</v>
+      </c>
+      <c r="D163" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E163" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F163" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G163" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A164" s="19" t="s">
+        <v>605</v>
+      </c>
+      <c r="B164" s="44" t="s">
+        <v>606</v>
+      </c>
+      <c r="C164" s="21">
+        <v>620</v>
+      </c>
+      <c r="D164" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E164" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F164" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G164" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A165" s="19" t="s">
+        <v>753</v>
+      </c>
+      <c r="B165" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="C165" s="21">
+        <v>2751.8</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E165" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F165" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G165" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A166" s="19" t="s">
+        <v>756</v>
+      </c>
+      <c r="B166" s="44" t="s">
+        <v>22</v>
+      </c>
+      <c r="C166" s="21">
+        <v>110671.86</v>
+      </c>
+      <c r="D166" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E166" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F166" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G166" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A167" s="19" t="s">
+        <v>611</v>
+      </c>
+      <c r="B167" s="44" t="s">
+        <v>612</v>
+      </c>
+      <c r="C167" s="21">
+        <v>22702</v>
+      </c>
+      <c r="D167" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E167" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F167" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G167" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A168" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B168" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C168" s="21">
+        <v>8480.93</v>
+      </c>
+      <c r="D168" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E168" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F168" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G168" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A169" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B169" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C169" s="21">
+        <v>11756.8</v>
+      </c>
+      <c r="D169" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E169" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F169" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G169" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A170" s="19" t="s">
+        <v>613</v>
+      </c>
+      <c r="B170" s="44" t="s">
+        <v>37</v>
+      </c>
+      <c r="C170" s="21">
+        <v>1504.0100000000002</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E170" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F170" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G170" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A171" s="19" t="s">
+        <v>850</v>
+      </c>
+      <c r="B171" s="44" t="s">
+        <v>109</v>
+      </c>
+      <c r="C171" s="21">
+        <v>87282.44</v>
+      </c>
+      <c r="D171" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E171" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F171" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G171" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A172" s="19" t="s">
+        <v>614</v>
+      </c>
+      <c r="B172" s="44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" s="21">
+        <v>1332.01</v>
+      </c>
+      <c r="D172" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E172" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F172" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G172" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A173" s="19" t="s">
+        <v>757</v>
+      </c>
+      <c r="B173" s="44" t="s">
+        <v>758</v>
+      </c>
+      <c r="C173" s="21">
+        <v>6985.4500000000007</v>
+      </c>
+      <c r="D173" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E173" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F173" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G173" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A174" s="19" t="s">
+        <v>851</v>
+      </c>
+      <c r="B174" s="44" t="s">
+        <v>852</v>
+      </c>
+      <c r="C174" s="21">
+        <v>6145.6</v>
+      </c>
+      <c r="D174" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E174" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F174" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G174" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A175" s="19" t="s">
+        <v>851</v>
+      </c>
+      <c r="B175" s="44" t="s">
+        <v>852</v>
+      </c>
+      <c r="C175" s="21">
+        <v>26569.63</v>
+      </c>
+      <c r="D175" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E175" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F175" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G175" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A176" s="19" t="s">
+        <v>759</v>
+      </c>
+      <c r="B176" s="44" t="s">
+        <v>312</v>
+      </c>
+      <c r="C176" s="21">
+        <v>12711.4</v>
+      </c>
+      <c r="D176" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E176" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F176" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G176" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A177" s="19" t="s">
+        <v>760</v>
+      </c>
+      <c r="B177" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="C177" s="21">
+        <v>20463</v>
+      </c>
+      <c r="D177" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E177" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F177" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G177" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A178" s="19" t="s">
+        <v>615</v>
+      </c>
+      <c r="B178" s="44" t="s">
+        <v>410</v>
+      </c>
+      <c r="C178" s="21">
+        <v>4135.3999999999996</v>
+      </c>
+      <c r="D178" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E178" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F178" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G178" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A179" s="19" t="s">
+        <v>616</v>
+      </c>
+      <c r="B179" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="C179" s="21">
+        <v>220</v>
+      </c>
+      <c r="D179" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E179" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F179" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G179" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A180" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B180" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C180" s="21">
+        <v>6140.74</v>
+      </c>
+      <c r="D180" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E180" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F180" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G180" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A181" s="19" t="s">
+        <v>763</v>
+      </c>
+      <c r="B181" s="44" t="s">
+        <v>764</v>
+      </c>
+      <c r="C181" s="21">
+        <v>24363.07</v>
+      </c>
+      <c r="D181" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E181" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F181" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G181" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A182" s="19" t="s">
+        <v>853</v>
+      </c>
+      <c r="B182" s="44" t="s">
+        <v>854</v>
+      </c>
+      <c r="C182" s="21">
+        <v>232355.14</v>
+      </c>
+      <c r="D182" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E182" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F182" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G182" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A183" s="19" t="s">
+        <v>617</v>
+      </c>
+      <c r="B183" s="44" t="s">
+        <v>19</v>
+      </c>
+      <c r="C183" s="21">
+        <v>1375012.74</v>
+      </c>
+      <c r="D183" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E183" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F183" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G183" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A184" s="19" t="s">
+        <v>618</v>
+      </c>
+      <c r="B184" s="44" t="s">
+        <v>619</v>
+      </c>
+      <c r="C184" s="21">
+        <v>182032.33</v>
+      </c>
+      <c r="D184" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E184" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F184" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G184" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A185" s="19" t="s">
+        <v>765</v>
+      </c>
+      <c r="B185" s="44" t="s">
+        <v>766</v>
+      </c>
+      <c r="C185" s="21">
+        <v>19700</v>
+      </c>
+      <c r="D185" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E185" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F185" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G185" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A186" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B186" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C186" s="21">
+        <v>1940</v>
+      </c>
+      <c r="D186" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E186" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F186" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G186" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A187" s="19" t="s">
+        <v>624</v>
+      </c>
+      <c r="B187" s="44" t="s">
+        <v>91</v>
+      </c>
+      <c r="C187" s="21">
+        <v>7376</v>
+      </c>
+      <c r="D187" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E187" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F187" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G187" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A188" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B188" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C188" s="21">
+        <v>6265.33</v>
+      </c>
+      <c r="D188" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E188" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F188" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G188" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A189" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B189" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="C189" s="21">
+        <v>187455.21</v>
+      </c>
+      <c r="D189" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E189" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F189" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G189" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A190" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B190" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="C190" s="21">
+        <v>2413.87</v>
+      </c>
+      <c r="D190" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E190" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F190" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G190" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A191" s="19" t="s">
+        <v>628</v>
+      </c>
+      <c r="B191" s="44" t="s">
+        <v>98</v>
+      </c>
+      <c r="C191" s="21">
+        <v>102178.75</v>
+      </c>
+      <c r="D191" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E191" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F191" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G191" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A192" s="19" t="s">
+        <v>855</v>
+      </c>
+      <c r="B192" s="44" t="s">
+        <v>856</v>
+      </c>
+      <c r="C192" s="21">
+        <v>6993.2999999999993</v>
+      </c>
+      <c r="D192" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E192" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F192" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G192" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A193" s="19" t="s">
+        <v>629</v>
+      </c>
+      <c r="B193" s="44" t="s">
+        <v>422</v>
+      </c>
+      <c r="C193" s="21">
+        <v>30317.02</v>
+      </c>
+      <c r="D193" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E193" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F193" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G193" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A194" s="19" t="s">
+        <v>630</v>
+      </c>
+      <c r="B194" s="44" t="s">
+        <v>87</v>
+      </c>
+      <c r="C194" s="21">
+        <v>366</v>
+      </c>
+      <c r="D194" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E194" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F194" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G194" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A195" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B195" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C195" s="21">
+        <v>832</v>
+      </c>
+      <c r="D195" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E195" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F195" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G195" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A196" s="19" t="s">
+        <v>857</v>
+      </c>
+      <c r="B196" s="44" t="s">
+        <v>858</v>
+      </c>
+      <c r="C196" s="21">
+        <v>137284.07</v>
+      </c>
+      <c r="D196" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E196" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F196" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G196" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A197" s="19" t="s">
+        <v>859</v>
+      </c>
+      <c r="B197" s="44" t="s">
+        <v>860</v>
+      </c>
+      <c r="C197" s="21">
+        <v>169</v>
+      </c>
+      <c r="D197" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E197" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F197" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G197" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A198" s="19" t="s">
+        <v>631</v>
+      </c>
+      <c r="B198" s="44" t="s">
+        <v>632</v>
+      </c>
+      <c r="C198" s="21">
+        <v>26853.7</v>
+      </c>
+      <c r="D198" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E198" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F198" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G198" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A199" s="19" t="s">
+        <v>634</v>
+      </c>
+      <c r="B199" s="44" t="s">
+        <v>635</v>
+      </c>
+      <c r="C199" s="21">
+        <v>18264</v>
+      </c>
+      <c r="D199" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E199" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F199" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G199" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A200" s="19" t="s">
+        <v>636</v>
+      </c>
+      <c r="B200" s="44" t="s">
+        <v>637</v>
+      </c>
+      <c r="C200" s="21">
+        <v>13000</v>
+      </c>
+      <c r="D200" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E200" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F200" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G200" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A201" s="19" t="s">
+        <v>638</v>
+      </c>
+      <c r="B201" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="C201" s="21">
+        <v>49955.43</v>
+      </c>
+      <c r="D201" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E201" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F201" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G201" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A202" s="19" t="s">
+        <v>639</v>
+      </c>
+      <c r="B202" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="C202" s="21">
+        <v>2085</v>
+      </c>
+      <c r="D202" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E202" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F202" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G202" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A203" s="19" t="s">
+        <v>861</v>
+      </c>
+      <c r="B203" s="44" t="s">
+        <v>862</v>
+      </c>
+      <c r="C203" s="21">
+        <v>12753.43</v>
+      </c>
+      <c r="D203" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E203" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F203" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G203" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A204" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B204" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C204" s="21">
+        <v>17723.920000000002</v>
+      </c>
+      <c r="D204" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E204" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F204" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G204" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A205" s="19" t="s">
+        <v>773</v>
+      </c>
+      <c r="B205" s="44" t="s">
+        <v>774</v>
+      </c>
+      <c r="C205" s="21">
+        <v>7295.22</v>
+      </c>
+      <c r="D205" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E205" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F205" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G205" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A206" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B206" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C206" s="21">
+        <v>3224.72</v>
+      </c>
+      <c r="D206" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E206" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F206" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G206" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A207" s="19" t="s">
+        <v>640</v>
+      </c>
+      <c r="B207" s="44" t="s">
+        <v>641</v>
+      </c>
+      <c r="C207" s="21">
+        <v>7374.7199999999993</v>
+      </c>
+      <c r="D207" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E207" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F207" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G207" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A208" s="19" t="s">
+        <v>776</v>
+      </c>
+      <c r="B208" s="44" t="s">
+        <v>314</v>
+      </c>
+      <c r="C208" s="21">
+        <v>15209.000000000002</v>
+      </c>
+      <c r="D208" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E208" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F208" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G208" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A209" s="19" t="s">
+        <v>777</v>
+      </c>
+      <c r="B209" s="44" t="s">
+        <v>778</v>
+      </c>
+      <c r="C209" s="21">
+        <v>1598.59</v>
+      </c>
+      <c r="D209" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E209" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F209" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G209" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A210" s="19" t="s">
+        <v>863</v>
+      </c>
+      <c r="B210" s="44" t="s">
+        <v>864</v>
+      </c>
+      <c r="C210" s="21">
+        <v>6315.2400000000007</v>
+      </c>
+      <c r="D210" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E210" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F210" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G210" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A211" s="19" t="s">
+        <v>863</v>
+      </c>
+      <c r="B211" s="44" t="s">
+        <v>864</v>
+      </c>
+      <c r="C211" s="21">
+        <v>15046.740000000002</v>
+      </c>
+      <c r="D211" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E211" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F211" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G211" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A212" s="19" t="s">
+        <v>780</v>
+      </c>
+      <c r="B212" s="44" t="s">
+        <v>781</v>
+      </c>
+      <c r="C212" s="21">
+        <v>1820</v>
+      </c>
+      <c r="D212" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E212" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F212" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G212" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A213" s="19" t="s">
+        <v>865</v>
+      </c>
+      <c r="B213" s="44" t="s">
+        <v>866</v>
+      </c>
+      <c r="C213" s="21">
+        <v>196</v>
+      </c>
+      <c r="D213" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E213" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F213" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G213" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A214" s="19" t="s">
+        <v>867</v>
+      </c>
+      <c r="B214" s="44" t="s">
+        <v>868</v>
+      </c>
+      <c r="C214" s="21">
+        <v>10503.79</v>
+      </c>
+      <c r="D214" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E214" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F214" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G214" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A215" s="19" t="s">
+        <v>644</v>
+      </c>
+      <c r="B215" s="44" t="s">
+        <v>115</v>
+      </c>
+      <c r="C215" s="21">
+        <v>4644.57</v>
+      </c>
+      <c r="D215" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E215" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F215" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G215" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A216" s="19" t="s">
+        <v>650</v>
+      </c>
+      <c r="B216" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="C216" s="21">
+        <v>254.09999999999997</v>
+      </c>
+      <c r="D216" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E216" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F216" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G216" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A217" s="19" t="s">
+        <v>651</v>
+      </c>
+      <c r="B217" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C217" s="21">
+        <v>8004.16</v>
+      </c>
+      <c r="D217" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E217" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F217" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G217" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A218" s="19" t="s">
+        <v>652</v>
+      </c>
+      <c r="B218" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="C218" s="21">
+        <v>5703.8099999999995</v>
+      </c>
+      <c r="D218" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E218" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F218" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G218" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A219" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B219" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C219" s="21">
+        <v>9543.9</v>
+      </c>
+      <c r="D219" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E219" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F219" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G219" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A220" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B220" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C220" s="21">
+        <v>4973.96</v>
+      </c>
+      <c r="D220" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E220" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F220" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G220" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A221" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B221" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C221" s="21">
+        <v>4901.1000000000004</v>
+      </c>
+      <c r="D221" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E221" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F221" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G221" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A222" s="19" t="s">
+        <v>869</v>
+      </c>
+      <c r="B222" s="44" t="s">
+        <v>870</v>
+      </c>
+      <c r="C222" s="21">
+        <v>3276.4700000000003</v>
+      </c>
+      <c r="D222" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E222" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F222" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G222" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A223" s="19" t="s">
+        <v>871</v>
+      </c>
+      <c r="B223" s="44" t="s">
+        <v>872</v>
+      </c>
+      <c r="C223" s="21">
+        <v>302</v>
+      </c>
+      <c r="D223" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E223" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F223" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G223" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A224" s="19" t="s">
+        <v>660</v>
+      </c>
+      <c r="B224" s="44" t="s">
+        <v>661</v>
+      </c>
+      <c r="C224" s="21">
+        <v>25175.11</v>
+      </c>
+      <c r="D224" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E224" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F224" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G224" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A225" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B225" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C225" s="21">
+        <v>6805.23</v>
+      </c>
+      <c r="D225" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E225" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F225" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G225" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A226" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="B226" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="C226" s="21">
+        <v>2368.75</v>
+      </c>
+      <c r="D226" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E226" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F226" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G226" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A227" s="19" t="s">
+        <v>873</v>
+      </c>
+      <c r="B227" s="44" t="s">
+        <v>874</v>
+      </c>
+      <c r="C227" s="21">
+        <v>3838</v>
+      </c>
+      <c r="D227" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E227" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F227" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G227" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A228" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="B228" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="C228" s="21">
+        <v>197665.21</v>
+      </c>
+      <c r="D228" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E228" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F228" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G228" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A229" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="B229" s="44" t="s">
+        <v>665</v>
+      </c>
+      <c r="C229" s="21">
+        <v>12312.95</v>
+      </c>
+      <c r="D229" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E229" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F229" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G229" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A230" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B230" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="C230" s="21">
+        <v>2614.34</v>
+      </c>
+      <c r="D230" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E230" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F230" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G230" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A231" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B231" s="44" t="s">
+        <v>316</v>
+      </c>
+      <c r="C231" s="21">
+        <v>5115.7299999999996</v>
+      </c>
+      <c r="D231" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E231" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F231" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G231" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A232" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="B232" s="44" t="s">
+        <v>670</v>
+      </c>
+      <c r="C232" s="21">
+        <v>292</v>
+      </c>
+      <c r="D232" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E232" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F232" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G232" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A233" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="B233" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="C233" s="21">
+        <v>48235.499999999993</v>
+      </c>
+      <c r="D233" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E233" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F233" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G233" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A234" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="B234" s="44" t="s">
+        <v>70</v>
+      </c>
+      <c r="C234" s="21">
+        <v>1438.6499999999999</v>
+      </c>
+      <c r="D234" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E234" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="F234" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G234" s="24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A235" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B235" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C235" s="21">
+        <v>2361.7800000000002</v>
+      </c>
+      <c r="D235" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E235" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="F235" s="23">
+        <v>2025</v>
+      </c>
+      <c r="G235" s="24">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="H3:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.453125" customWidth="1"/>
     <col min="2" max="2" width="20.90625" customWidth="1"/>
     <col min="3" max="3" width="17.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="49" t="s">
+      <c r="A1" s="58" t="s">
         <v>128</v>
       </c>
-      <c r="B1" s="49"/>
-      <c r="C1" s="49"/>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A2" s="50" t="s">
+      <c r="A2" s="59" t="s">
         <v>126</v>
       </c>
-      <c r="B2" s="50"/>
-      <c r="C2" s="50"/>
+      <c r="B2" s="59"/>
+      <c r="C2" s="59"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A3" s="51" t="s">
+      <c r="A3" s="60" t="s">
         <v>429</v>
       </c>
-      <c r="B3" s="52"/>
-      <c r="C3" s="53"/>
+      <c r="B3" s="60"/>
+      <c r="C3" s="60"/>
     </row>
     <row r="4" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A5" s="6" t="s">
+      <c r="A5" s="40" t="s">
         <v>430</v>
       </c>
       <c r="B5" s="9">
         <v>6982611.96</v>
       </c>
       <c r="C5" s="10">
         <v>-4.0199999999999996</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A6" s="6" t="s">
+      <c r="A6" s="40" t="s">
         <v>431</v>
       </c>
       <c r="B6" s="9">
         <v>11721113.9</v>
       </c>
       <c r="C6" s="10">
         <v>-6.44</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="40" t="s">
         <v>432</v>
       </c>
       <c r="B7" s="9">
         <v>10813667.75</v>
       </c>
       <c r="C7" s="10">
         <v>-7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A8" s="6" t="s">
+      <c r="A8" s="40" t="s">
         <v>433</v>
       </c>
-      <c r="B8" s="9"/>
-      <c r="C8" s="10"/>
+      <c r="B8" s="29">
+        <v>15186846.279999997</v>
+      </c>
+      <c r="C8" s="43">
+        <v>-2.3817413841631403</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>pagamenti I Trim.</vt:lpstr>
       <vt:lpstr>pagamenti II Trim.</vt:lpstr>
       <vt:lpstr>pagamenti III Trim.</vt:lpstr>
+      <vt:lpstr>pagamenti IV Trim.</vt:lpstr>
       <vt:lpstr>indicatore di tempestività trim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bono Silvia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>