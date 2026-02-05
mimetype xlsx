--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\federica.babuder\Desktop\DOCUMENTI\TRASPARENZA\documenti da pubblicare\PAGAMENTI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8B5E03E-1EFE-4165-99FE-F98A7D305D2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{652F94A2-EF17-44C5-A8CF-1C3266C99260}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024-2025" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="15">
   <si>
     <t>Trimestre</t>
   </si>
   <si>
     <t>( art 33 d.lgs. 33/2013 )</t>
   </si>
   <si>
     <t>Anno 2024</t>
@@ -76,100 +76,105 @@
     <t>IV - dati rilevati al 31/12/2024</t>
   </si>
   <si>
     <t>Anno 2025</t>
   </si>
   <si>
     <t>I   - dati rilevati al 31/03/2025</t>
   </si>
   <si>
     <t>II  - dati rilevati al 30/06/2025</t>
   </si>
   <si>
     <t>III - dati rilevati al 30/09/2025</t>
   </si>
   <si>
     <t>IV - dati rilevati al 31/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Decima Regular"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -228,78 +233,80 @@
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale_Foglio1" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
@@ -549,51 +556,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="25.1796875" customWidth="1"/>
     <col min="2" max="2" width="20.90625" customWidth="1"/>
     <col min="3" max="3" width="17.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="10" t="s">
@@ -628,52 +635,56 @@
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6">
         <v>1857797.7</v>
       </c>
       <c r="C6" s="5">
         <v>113</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6">
         <v>1445514.76</v>
       </c>
       <c r="C7" s="5">
         <v>118</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="6"/>
-      <c r="C8" s="5"/>
+      <c r="B8" s="14">
+        <v>1438826.03</v>
+      </c>
+      <c r="C8" s="13">
+        <v>120</v>
+      </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="11"/>
       <c r="C10" s="12"/>
     </row>
     <row r="11" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="4">
         <v>2728242</v>