--- v0 (2025-12-14)
+++ v1 (2026-03-22)
@@ -5,107 +5,111 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\federica.babuder\Desktop\DOCUMENTI\TRASPARENZA\documenti da pubblicare\PAGAMENTI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E677175E-DD0C-464D-A30B-B9459DE5EAF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE1C9D31-32D9-4A14-ACEC-BBA553C2CE3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="indicatore tempestività pagam." sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>( art 33 d.lgs. 33/2013 )</t>
   </si>
   <si>
     <t>Indicatore di tempestività dei pagamenti</t>
   </si>
   <si>
     <t>INDICATORE DI TEMPESTIVITÀ
 DEI PAGAMENTI - ANNUALE</t>
   </si>
   <si>
     <t>Anno</t>
   </si>
   <si>
     <t>2024
 periodo dal 01.01.2024 al 31.12.2024</t>
   </si>
   <si>
     <t>2023
 periodo dal 01.01.2023 al 31.12.2023</t>
   </si>
   <si>
     <t>2022
 periodo dal 01.01.2022 al 31.12.2022</t>
   </si>
   <si>
     <t>2021
 periodo dal 01.01.2021 al 31.12.2021</t>
+  </si>
+  <si>
+    <t>2025
+periodo dal 01.01.2025 al 31.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -176,83 +180,86 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale_Foglio1" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -500,313 +507,332 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O16"/>
+  <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33.81640625" customWidth="1"/>
     <col min="2" max="2" width="22.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="2"/>
-[...10 lines deleted...]
-      <c r="O1" s="5"/>
+      <c r="B1" s="11"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="3"/>
+      <c r="I1" s="3"/>
+      <c r="J1" s="3"/>
+      <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
+      <c r="M1" s="3"/>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="3"/>
-[...10 lines deleted...]
-      <c r="O2" s="5"/>
+      <c r="B2" s="12"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
     </row>
     <row r="3" spans="1:15" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="6"/>
-[...12 lines deleted...]
-      <c r="A4" s="10" t="s">
+      <c r="E3" s="4"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+    </row>
+    <row r="4" spans="1:15" ht="29" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="9">
+        <v>-3.14</v>
+      </c>
+      <c r="E4" s="4"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+    </row>
+    <row r="5" spans="1:15" ht="38" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="12">
+      <c r="B5" s="9">
         <v>-4.79</v>
       </c>
-      <c r="E4" s="5"/>
-[...12 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+    </row>
+    <row r="6" spans="1:15" ht="38" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="12">
+      <c r="B6" s="9">
         <v>-0.8</v>
       </c>
-      <c r="E5" s="6"/>
-[...12 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="E6" s="4"/>
+      <c r="F6" s="5"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+    </row>
+    <row r="7" spans="1:15" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="11">
+      <c r="B7" s="8">
         <v>1.29</v>
       </c>
-      <c r="E6" s="5"/>
-[...12 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+    </row>
+    <row r="8" spans="1:15" ht="38" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="11">
+      <c r="B8" s="8">
         <v>-5.8775000000000004</v>
       </c>
-      <c r="E7" s="6"/>
-[...22 lines deleted...]
-      <c r="O8" s="5"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="3"/>
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
+      <c r="O8" s="3"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E9" s="5"/>
-[...9 lines deleted...]
-      <c r="O9" s="5"/>
+      <c r="E9" s="4"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E10" s="6"/>
-[...9 lines deleted...]
-      <c r="O10" s="5"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="3"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3"/>
+      <c r="O10" s="3"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E11" s="5"/>
-[...9 lines deleted...]
-      <c r="O11" s="5"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E12" s="5"/>
-[...9 lines deleted...]
-      <c r="O12" s="5"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E13" s="5"/>
-[...9 lines deleted...]
-      <c r="O13" s="5"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E14" s="5"/>
-[...9 lines deleted...]
-      <c r="O14" s="5"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+      <c r="M14" s="3"/>
+      <c r="N14" s="3"/>
+      <c r="O14" s="3"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E15" s="5"/>
-[...9 lines deleted...]
-      <c r="O15" s="5"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="E16" s="5"/>
-[...9 lines deleted...]
-      <c r="O16" s="5"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+    </row>
+    <row r="17" spans="5:15" x14ac:dyDescent="0.35">
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
-    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="F8:F9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>indicatore tempestività pagam.</vt:lpstr>
     </vt:vector>