--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -23,51 +23,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\TRASPARENZA\BANDI DI GARA E CONTRATTI\ACQUISTI ECONOMALI\ANNO 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6465"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="25">
   <si>
     <t xml:space="preserve"> CIG </t>
   </si>
   <si>
     <t xml:space="preserve">AFFIDATARIO </t>
   </si>
   <si>
     <t xml:space="preserve">IMPORTO </t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>PROTOCOLLO</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>LINK PROVVEDIMENTO</t>
   </si>
   <si>
     <t>ACQUISTI ECONOMALI - ANNO 2026</t>
   </si>
   <si>
@@ -86,50 +86,62 @@
     <t>B9DDDF0488</t>
   </si>
   <si>
     <t>LA FELTRINELLI INTERNET BOOKSHOP SRL</t>
   </si>
   <si>
     <t>0000021</t>
   </si>
   <si>
     <t>Acquisto libro "Direzione dei lavori e pratica amministrativa e contabile" - D.N.O.</t>
   </si>
   <si>
     <t>scarica provvedimento</t>
   </si>
   <si>
     <t>0000381</t>
   </si>
   <si>
     <t>B9EFF1C65E</t>
   </si>
   <si>
     <t>Acquisto n. 2 libri U.O.Legale - Rda GEN-PRINT-2026-0000005</t>
   </si>
   <si>
     <t>MAGGIOLI SPA</t>
+  </si>
+  <si>
+    <t>0006376</t>
+  </si>
+  <si>
+    <t>non necessario</t>
+  </si>
+  <si>
+    <t>Quota associativa ordinaria fascia ordinaria 4</t>
+  </si>
+  <si>
+    <t>UNI ENTE NAZIONALE ITALIANO DI NORMAZIONE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Yu Gothic UI Semilight"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -663,60 +675,60 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29314/b9eff1c65e-maggioli-spa-pdf?ext=.pdf&amp;v=21446" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29217/b8e5c18fbb-ibr-di-rossi-alberto-srl-pdf?ext=.pdf&amp;v=21353" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29218/b9dddf0488-la-feltrinelli-internet-bookshop-srl-pdf?ext=.pdf&amp;v=21354" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29314/b9eff1c65e-maggioli-spa-pdf?ext=.pdf&amp;v=21446" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29217/b8e5c18fbb-ibr-di-rossi-alberto-srl-pdf?ext=.pdf&amp;v=21353" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29218/b9dddf0488-la-feltrinelli-internet-bookshop-srl-pdf?ext=.pdf&amp;v=21354" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29454/cig-nd_uni-ente-nazionale-italiano-di-normazione-pdf?ext=.pdf&amp;v=21633" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:O198"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H5" sqref="H5"/>
+      <selection pane="bottomLeft" activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.85546875" customWidth="1"/>
     <col min="2" max="2" width="22.7109375" customWidth="1"/>
     <col min="3" max="3" width="26.28515625" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="77.42578125" style="18" customWidth="1"/>
     <col min="6" max="6" width="57.140625" style="22" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="23" customWidth="1"/>
     <col min="8" max="8" width="58.140625" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E1" s="33" t="s">
         <v>7</v>
       </c>
       <c r="F1" s="33"/>
     </row>
     <row r="2" spans="2:15" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="13" t="s">
@@ -793,57 +805,71 @@
     </row>
     <row r="5" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8">
         <v>46042</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="16" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="20" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="24">
         <v>131.1</v>
       </c>
       <c r="H5" s="31" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="26"/>
-[...5 lines deleted...]
-      <c r="H6" s="32"/>
+      <c r="B6" s="26">
+        <v>46066</v>
+      </c>
+      <c r="C6" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="30">
+        <v>902</v>
+      </c>
+      <c r="H6" s="32" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="7" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="16"/>
       <c r="F7" s="20"/>
       <c r="G7" s="24"/>
       <c r="H7" s="31"/>
     </row>
     <row r="8" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="26"/>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="28"/>
       <c r="F8" s="29"/>
       <c r="G8" s="30"/>
       <c r="H8" s="32"/>
     </row>
     <row r="9" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="8"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="16"/>
       <c r="F9" s="20"/>
@@ -2536,54 +2562,55 @@
       <c r="B197" s="1"/>
       <c r="C197" s="1"/>
       <c r="D197" s="3"/>
       <c r="E197" s="17"/>
       <c r="F197" s="21"/>
       <c r="G197" s="1"/>
       <c r="H197" s="11"/>
     </row>
     <row r="198" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B198" s="1"/>
       <c r="C198" s="1"/>
       <c r="D198" s="1"/>
       <c r="E198" s="17"/>
       <c r="F198" s="21"/>
       <c r="G198" s="1"/>
       <c r="H198" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="E1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H4" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
     <hyperlink ref="H5" r:id="rId3"/>
+    <hyperlink ref="H6" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
-  <drawing r:id="rId5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
+  <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>