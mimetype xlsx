--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -3,65 +3,65 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fs.regione.fvg.it\fvgstrade\TRASPARENZA\BANDI DI GARA E CONTRATTI\Affidamenti Diretti\2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marilena.sattolo\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7110"/>
+    <workbookView xWindow="120" yWindow="90" windowWidth="23900" windowHeight="14540"/>
   </bookViews>
   <sheets>
     <sheet name="QyAffidamentiTrasparenza" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="112">
   <si>
     <t>DATA_AFF</t>
   </si>
   <si>
     <t>PROT_AFF</t>
   </si>
   <si>
     <t>CIG</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>AFFIDATARIO</t>
   </si>
   <si>
     <t>IMPORTO</t>
   </si>
   <si>
     <t>PROVVEDIMENTO</t>
   </si>
   <si>
     <t>0000021</t>
   </si>
   <si>
@@ -70,96 +70,330 @@
   <si>
     <t>Fornitura calendari, biglietti da visita e materiale di rappresentanza istituzionale</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>GRAFICHE FILACORDA SRL</t>
   </si>
   <si>
     <t>scarica provvedimento</t>
   </si>
   <si>
     <t>0000162</t>
   </si>
   <si>
     <t>B9FDB2173A</t>
   </si>
   <si>
     <t>Supporto specialistico di ingegneria in materia di sicurezza e prevenzione incendi (in accordo al D.M. 02/09/2021; D.P.R. 151/2011; D.M. 03/08/2015; DM 20 giugno 2025) per le gallerie stradali (L&gt;500 m) non appartenenti alla rete stradale trans europea di competenza della società Friuli-Venezia Giulia Strade S.p.A.</t>
   </si>
   <si>
     <t>POLIS CONSULTING SRL</t>
   </si>
   <si>
+    <t>0000222</t>
+  </si>
+  <si>
+    <t>B91BF33E99</t>
+  </si>
+  <si>
+    <t>Affidamento diretto per l’incarico professionale notarile finalizzato al rogito di un atto di compravendita relativo al trasferimento al Demanio Regionale stradale di beni immobili siti in Gradisca d’Isonzo (GO) inerente l’intervento denominato “S.R. 351 “di Cervignano “. Realizzazione di una rotatoria al km 9+200 e di un sistema di rotatorie fra la S.R. 351 e la S.R. 305 in località Gradisca d’Isonzo”.</t>
+  </si>
+  <si>
+    <t>AMG NOTAI</t>
+  </si>
+  <si>
     <t>0000214</t>
   </si>
   <si>
     <t>BA11DDA8EE</t>
   </si>
   <si>
     <t>Licenza annuale piattaforma di gestione elenco avvocati e beauty contest digitali, servizi connessi di assistenza, formazione e supporto - 4c s.r.l. - Decorrenza 27.01.2026 - scadenza 27.01.2027</t>
   </si>
   <si>
     <t>4C SRL</t>
   </si>
   <si>
+    <t>0000603</t>
+  </si>
+  <si>
+    <t>BA07C9B86C</t>
+  </si>
+  <si>
+    <t>Abbonamento triennale per Banca Dati “Il Sole 24 Ore” – TOP FISCO e SMART24 TECNICI completo di abbonamento al quotidiano e modulo AI</t>
+  </si>
+  <si>
+    <t>IL SOLE 24 ORE SPA</t>
+  </si>
+  <si>
+    <t>0000248</t>
+  </si>
+  <si>
+    <t>BA02BDD700</t>
+  </si>
+  <si>
+    <t>S.R. 56 "di Gorizia" - Lavori di realizzazione di marciapiedi nel comune di San Lorenzo Isontino Decreto 55633/GRFVG dd 14.11.2024. COLLEGAMENI ELETTRICI</t>
+  </si>
+  <si>
+    <t>ZAGO S.R.L.</t>
+  </si>
+  <si>
     <t>0000255</t>
   </si>
   <si>
     <t>BA24FE2473</t>
   </si>
   <si>
     <t>Servizio professionale manageriale per l’aggiornamento del piano industriale triennale 2026-2028 e del modello organizzativo di Friuli Venezia Giulia Strade S.p.A.</t>
   </si>
   <si>
     <t>LAVORENTI &amp; ASSOCIATI S.R.L.</t>
   </si>
   <si>
-    <t>0000248</t>
-[...10 lines deleted...]
-  <si>
     <t>0000263</t>
   </si>
   <si>
     <t>BA03246134</t>
   </si>
   <si>
     <t>S.R. 305 “Variante di Mariano” in gestione alla Friuli Venezia Giulia Strade S.p.A. - Lavori di somma urgenza per il ripristino funzionale dei tratti stradali compromessi dagli eventi meteorologici del 17 novembre 2025 nel Comune di Cormons (GO). SERVIZIO DI COORDINAMENTO PER LA SICUREZZA IN FASE DI PROGETTAZIONE E DI ESECUZIONE.</t>
   </si>
   <si>
     <t>TARANTINO DOTT. ING. ASCANIO</t>
+  </si>
+  <si>
+    <t>0000278</t>
+  </si>
+  <si>
+    <t>BA3DEA5601</t>
+  </si>
+  <si>
+    <t>S.S. 13 “PONTEBBANA” AL KM. 209+185. Lavori di adeguamento, integrazione e ripristino di impianto semaforico attuato dal traffico all’intersezione fra la S.S. 13 “Pontebbana” e via del Forte in comune di Malborghetto-Valbruna (Ud).</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>ELETTRONICA IMPIANTI COSSETTINI SRL</t>
+  </si>
+  <si>
+    <t>0000789</t>
+  </si>
+  <si>
+    <t>BA1D85E3D5</t>
+  </si>
+  <si>
+    <t>im.000.xx - Lavori di carpenteria metallica su varie sedi</t>
+  </si>
+  <si>
+    <t>EMILI LORENZO</t>
+  </si>
+  <si>
+    <t>0000801</t>
+  </si>
+  <si>
+    <t>BA2FEB5970</t>
+  </si>
+  <si>
+    <t>consulenza specialistica post-implementazione ERP TeamSystem Alyante – Supporto semestrale per avvio operativo e gestione del change management</t>
+  </si>
+  <si>
+    <t>MAESTRALE CONSULTING SRL</t>
+  </si>
+  <si>
+    <t>0000856</t>
+  </si>
+  <si>
+    <t>BA1EC2886C</t>
+  </si>
+  <si>
+    <t>im.000.xx - Servizio di conduzione manutenzione ordinaria e straordinaria degli impianti termici annualità 2026-2029</t>
+  </si>
+  <si>
+    <t>CLIMA COMFORT DI OTTOGALLI ENRICO</t>
+  </si>
+  <si>
+    <t>0000858</t>
+  </si>
+  <si>
+    <t>BA25539C86</t>
+  </si>
+  <si>
+    <t>im.000.xx - Interventi di manutenzione ordinaria preventiva degli impianti elettrici installati presso le sedi aziendali.</t>
+  </si>
+  <si>
+    <t>COPETTI TECNOELETTRICA SRL</t>
+  </si>
+  <si>
+    <t>0000436</t>
+  </si>
+  <si>
+    <t>BA71AC59EF</t>
+  </si>
+  <si>
+    <t>Fornitura di conglomerato bituminoso in sacchi</t>
+  </si>
+  <si>
+    <t>SPIGA S.R.L.</t>
+  </si>
+  <si>
+    <t>0000443</t>
+  </si>
+  <si>
+    <t>BA834EB007</t>
+  </si>
+  <si>
+    <t>Realizzazione di pavimentazioni fonoassorbenti sulla rete di competenza di Friuli Venezia Giulia Strade S.p.A. in attuazione dei piani di azione elaborati ai sensi del D. Lgs. 194/2005 – Secondo intervento. Servizio tecnico relativo all’esecuzione di prove in laboratorio/situ per controllo qualità lavorazioni e materiali – Conglomerati bituminosi</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>LABORATORIO R'BK SRL</t>
+  </si>
+  <si>
+    <t>0001177</t>
+  </si>
+  <si>
+    <t>BA7E6631AE</t>
+  </si>
+  <si>
+    <t>Contratto aperto della durata triennale per la fornitura di libri, testi tecnici e manuali</t>
+  </si>
+  <si>
+    <t>NERO SU BIANCO SAS DI MICOLI S. &amp; C.</t>
+  </si>
+  <si>
+    <t>0000459</t>
+  </si>
+  <si>
+    <t>BA74895830</t>
+  </si>
+  <si>
+    <t>DA 50-2025 - SS. n. 52 – DA Decreto n. 58962/GRFVG del 07.11.2025 - Lavori di messa in sicurezza del tratto di viabilità della SS n.52 che congiunge il Comune di Socchieve con il Comune di Forni di Sopra</t>
+  </si>
+  <si>
+    <t>STUDIO TECNICO ING. FEDERICO MONUTTI</t>
+  </si>
+  <si>
+    <t>0001333</t>
+  </si>
+  <si>
+    <t>BA8E4F774F</t>
+  </si>
+  <si>
+    <t>im.032.cc – f.p.o. installazione stufa a pellet casa cantoniera Ampezzo</t>
+  </si>
+  <si>
+    <t>FORGIARINI FRANCESCO E FAUSTO S.N.C.</t>
+  </si>
+  <si>
+    <t>0000224</t>
+  </si>
+  <si>
+    <t>BA2A274813</t>
+  </si>
+  <si>
+    <t>Lavori di realizzazione del collegamento fra la S.P. N. 91 “di Beligna” e la S.P. n. 8 “Aquileiense” nei Comuni di Aquileia e Cervignano del Friuli (UD). SERVIZIO PER LA REALIZZAZIONE DEL DOCFAP (Documento di fattibilità delle Alternative Progettuali) come da D.Lgs. 36/2023, completo di allegati, stato dei luoghi, obiettivi, requisiti tecnici, livelli di progettazione, raccomandazioni per la progettazione, limiti economici, specifiche tecnico - economiche, ecc.</t>
+  </si>
+  <si>
+    <t>LS ENGINEERING &amp; SAFETY SRL</t>
+  </si>
+  <si>
+    <t>0000522</t>
+  </si>
+  <si>
+    <t>BA860DB22B</t>
+  </si>
+  <si>
+    <t>DA 05-2009 B – Demolizione fabbricato e realizzazione di una rotatoria tra la S.P. 21 “di Bannia” e la S.P. 6 “del Sile” su innesto Via San Vito in Comune di Fiume Veneto (PN). SERVIZIO DI DIREZIONE LAVORI E COORDINAMENTO SICUREZZA IN FASE DI ESECUZIONE</t>
+  </si>
+  <si>
+    <t>PROJ.SYSTEM - STUDIO PROFESSIONALE ASSOCIATO</t>
+  </si>
+  <si>
+    <t>0001570</t>
+  </si>
+  <si>
+    <t>BAAAC4C7CA</t>
+  </si>
+  <si>
+    <t>im.004.uf - progettazione impianto elettrico sede di Udine</t>
+  </si>
+  <si>
+    <t>STUDIO TECNICO PASTROVICCHIO ALESSANDRO</t>
+  </si>
+  <si>
+    <t>0000577</t>
+  </si>
+  <si>
+    <t>BAA878A26B</t>
+  </si>
+  <si>
+    <t>Cod. Lav. 02-18 - S.R. 352 “di Grado” - Completamento della pista ciclabile da Palmanova a Grado nel tratto in Comune di Grado (GO). Servizio per l’esecuzione di prove di laboratorio e controllo qualità materiali e lavorazioni – Terre, calcestruzzi, acciai per c.a., acciai per carpenteria metallica, conglomerati bituminosi, afferente l’esecuzione dei lavori di cui trattasi.</t>
+  </si>
+  <si>
+    <t>L.G.T. LABORATORIO GEOTECNICO S.R.L.</t>
+  </si>
+  <si>
+    <t>0000642</t>
+  </si>
+  <si>
+    <t>BAA29B3203</t>
+  </si>
+  <si>
+    <t>Affidamento delle attività di sorveglianza sanitaria del personale in forze alla Società Friuli Venezia Strade S.p.A. e nomina del Medico Competente così come previsto dal D.lgs. n. 81/2008 e s.m.i.</t>
+  </si>
+  <si>
+    <t>CORAM SERVIZI IMPRESE S.R.L.</t>
+  </si>
+  <si>
+    <t>0001686</t>
+  </si>
+  <si>
+    <t>BA1F055A96</t>
+  </si>
+  <si>
+    <t>im.000.xx - interventi di manutenzione idraulica su varie sedi per l’anno 2026</t>
+  </si>
+  <si>
+    <t>DE MAGISTRA SIMONE</t>
+  </si>
+  <si>
+    <t>0001716</t>
+  </si>
+  <si>
+    <t>BAAAA6AA07</t>
+  </si>
+  <si>
+    <t>im.000.xx – servizio di spurgo fosse biologiche</t>
+  </si>
+  <si>
+    <t>IDEALSERVICE SOC. COOP.</t>
   </si>
   <si>
     <t>NUMERO OE CONTATTATI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ \€"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -293,112 +527,418 @@
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="#,##0.00\ \€"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" relativeIndent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" relativeIndent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FFD0D7E5"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFD0D7E5"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFD0D7E5"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFD0D7E5"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
@@ -439,385 +979,79 @@
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="1" hidden="0"/>
     </dxf>
-    <dxf>
-[...304 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabella1" displayName="Tabella1" ref="A1:H7" totalsRowShown="0" headerRowDxfId="0" dataDxfId="4" headerRowBorderDxfId="2" tableBorderDxfId="3" totalsRowBorderDxfId="1">
-  <autoFilter ref="A1:H7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabella1" displayName="Tabella1" ref="A1:H26" totalsRowShown="0" headerRowDxfId="8" dataDxfId="12" headerRowBorderDxfId="10" tableBorderDxfId="11" totalsRowBorderDxfId="9">
+  <autoFilter ref="A1:H26"/>
   <tableColumns count="8">
-    <tableColumn id="1" name="DATA_AFF" dataDxfId="12"/>
-[...6 lines deleted...]
-    <tableColumn id="8" name="PROVVEDIMENTO" dataDxfId="5"/>
+    <tableColumn id="1" name="DATA_AFF" dataDxfId="7"/>
+    <tableColumn id="2" name="PROT_AFF" dataDxfId="6"/>
+    <tableColumn id="3" name="CIG" dataDxfId="5"/>
+    <tableColumn id="4" name="OGGETTO" dataDxfId="4"/>
+    <tableColumn id="5" name="NUMERO OE CONTATTATI" dataDxfId="3"/>
+    <tableColumn id="6" name="AFFIDATARIO" dataDxfId="2"/>
+    <tableColumn id="7" name="IMPORTO" dataDxfId="1"/>
+    <tableColumn id="8" name="PROVVEDIMENTO" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium16" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1065,268 +1299,781 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29319/cig-ba11dda8ee-4c-srl-pdf?ext=.pdf&amp;v=21454" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29317/cig-b9fdb2173a-polis-consulting-srl-pdf?ext=.pdf&amp;v=21452" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29316/cig-b9a39d3042-grafiche-filacorda-srl-pdf?ext=.pdf&amp;v=21451" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29321/cig-ba03246134-tarantino-dott-ing-ascanio-pdf?ext=.pdf&amp;v=21456" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29318/cig-ba02bdd700-zago-srl-pdf?ext=.pdf&amp;v=21453" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29320/cig-ba24fe2473-lavorenti-associati-srl-pdf?ext=.pdf&amp;v=21455" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29321/cig-ba03246134-tarantino-dott-ing-ascanio-pdf?ext=.pdf&amp;v=21456" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29435/cig-ba25539c86-copetti-tecnoelettrica-srl-pdf?ext=.pdf&amp;v=21619" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29478/cig-ba8e4f774f-forgiarini-francesco-e-fausto-snc-pdf?ext=.pdf&amp;v=21655" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29430/cig-b91bf33e99-amg-notai-pdf?ext=.pdf&amp;v=21614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29554/cig-baaac4c7ca-studio-tecnico-pastrovicchio-alessandro-pdf?ext=.pdf&amp;v=21734" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29320/cig-ba24fe2473-lavorenti-associati-srl-pdf?ext=.pdf&amp;v=21455" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29432/cig-ba1ec2886c-clima-comfort-di-ottogalli-enrico-pdf?ext=.pdf&amp;v=21616" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29481/cig-ba74895830-studio-tecnico-ing-federico-monutti-pdf?ext=.pdf&amp;v=21658" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29553/cig-baaaa6aa07-idealservice-soc-coop-pdf?ext=.pdf&amp;v=21733" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29317/cig-b9fdb2173a-polis-consulting-srl-pdf?ext=.pdf&amp;v=21452" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29477/cig-ba7e6631ae-nero-su-bianco-sas-di-micoli-s-c-pdf?ext=.pdf&amp;v=21654" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29550/cig-ba860db22b-prog-system-studio-professionale-associato-pdf?ext=.pdf&amp;v=21730" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29316/cig-b9a39d3042-grafiche-filacorda-srl-pdf?ext=.pdf&amp;v=21451" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29318/cig-ba02bdd700-zago-srl-pdf?ext=.pdf&amp;v=21453" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29433/cig-ba2feb5970-maestrale-consulting-srl-pdf?ext=.pdf&amp;v=21617" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29548/cig-ba1f055a96-de-magistra-simone-pdf?ext=.pdf&amp;v=21728" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29549/cig-ba07c9b86c-il-sole-24-ore-spa-pdf?ext=.pdf&amp;v=21729" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29480/cig-ba834eb007-laboratorio-r-bk-srl-pdf?ext=.pdf&amp;v=21657" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29551/cig-baa29b3203-coram-servizi-imprese-srl-pdf?ext=.pdf&amp;v=21731" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29431/cig-ba1d85e3d5-emili-lorenzo-pdf?ext=.pdf&amp;v=21615" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29429/cig-ba2a274813-ls-engineering-safety-srl-pdf?ext=.pdf&amp;v=21613" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29319/cig-ba11dda8ee-4c-srl-pdf?ext=.pdf&amp;v=21454" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29434/cig-ba3dea5601-elettronica-impianti-cossettini-srl-pdf?ext=.pdf&amp;v=21618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29479/cig-ba71ac59ef-spiga-srl-pdf?ext=.pdf&amp;v=21656" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29552/cig-baa878a26b-lgt-laboratorio-geotecnico-srl-pdf?ext=.pdf&amp;v=21732" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D1" sqref="D1"/>
+    <sheetView tabSelected="1" topLeftCell="A25" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="G1" sqref="G1:H1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" style="5" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17" style="5" customWidth="1"/>
+    <col min="1" max="1" width="13.81640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="10.6328125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="16.81640625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="56.7265625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="32.54296875" style="15" customWidth="1"/>
+    <col min="7" max="7" width="13.81640625" style="6" customWidth="1"/>
+    <col min="8" max="8" width="16.6328125" style="6" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="17" t="s">
+      <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="18" t="s">
+      <c r="E1" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="F1" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A2" s="2">
+        <v>46031</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="16">
+        <v>3810</v>
+      </c>
+      <c r="H2" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+      <c r="A3" s="2">
+        <v>46041</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="16">
+        <v>41850</v>
+      </c>
+      <c r="H3" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+      <c r="A4" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" s="16">
+        <v>3273.38</v>
+      </c>
+      <c r="H4" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A5" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="16">
+        <v>5000</v>
+      </c>
+      <c r="H5" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A6" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="16">
+        <v>7404</v>
+      </c>
+      <c r="H6" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A7" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="16">
+        <v>2430</v>
+      </c>
+      <c r="H7" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A8" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="F1" s="19" t="s">
-[...22 lines deleted...]
-      <c r="E2" s="2" t="s">
+      <c r="C8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="9" t="s">
-[...22 lines deleted...]
-      <c r="E3" s="2" t="s">
+      <c r="F8" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" s="16">
+        <v>20000</v>
+      </c>
+      <c r="H8" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+      <c r="A9" s="2">
+        <v>46051</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="9" t="s">
-[...22 lines deleted...]
-      <c r="E4" s="2" t="s">
+      <c r="F9" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="16">
+        <v>4700</v>
+      </c>
+      <c r="H9" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+      <c r="A10" s="2">
+        <v>46052</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="16">
+        <v>29146.75</v>
+      </c>
+      <c r="H10" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A11" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="9" t="s">
-[...22 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="F11" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="16">
+        <v>4900</v>
+      </c>
+      <c r="H11" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A12" s="2">
+        <v>46058</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F5" s="9" t="s">
-[...22 lines deleted...]
-      <c r="E6" s="2" t="s">
+      <c r="F12" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="16">
+        <v>60000</v>
+      </c>
+      <c r="H12" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A13" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="16">
+        <v>15000</v>
+      </c>
+      <c r="H13" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A14" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F6" s="9" t="s">
-[...22 lines deleted...]
-      <c r="E7" s="4" t="s">
+      <c r="F14" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="16">
+        <v>21000</v>
+      </c>
+      <c r="H14" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A15" s="2">
+        <v>46071</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H7" s="15" t="s">
+      <c r="F15" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="16">
+        <v>17500</v>
+      </c>
+      <c r="H15" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+      <c r="A16" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" s="16">
+        <v>20296.36</v>
+      </c>
+      <c r="H16" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A17" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" s="16">
+        <v>3000</v>
+      </c>
+      <c r="H17" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A18" s="2">
+        <v>46073</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" s="16">
+        <v>42000</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A19" s="2">
+        <v>46078</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" s="16">
+        <v>1649</v>
+      </c>
+      <c r="H19" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="91" x14ac:dyDescent="0.35">
+      <c r="A20" s="2">
+        <v>46079</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" s="16">
+        <v>30000</v>
+      </c>
+      <c r="H20" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+      <c r="A21" s="2">
+        <v>46083</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="G21" s="16">
+        <v>28591.83</v>
+      </c>
+      <c r="H21" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A22" s="2">
+        <v>46086</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" s="16">
+        <v>2750</v>
+      </c>
+      <c r="H22" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+      <c r="A23" s="2">
+        <v>46086</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="16">
+        <v>9384.42</v>
+      </c>
+      <c r="H23" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A24" s="2">
+        <v>46092</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G24" s="16">
+        <v>56700</v>
+      </c>
+      <c r="H24" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A25" s="2">
+        <v>46092</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="16">
+        <v>10000</v>
+      </c>
+      <c r="H25" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="A26" s="4">
+        <v>46093</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="18">
+        <v>3000</v>
+      </c>
+      <c r="H26" s="19" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
     <hyperlink ref="H4" r:id="rId3"/>
     <hyperlink ref="H5" r:id="rId4"/>
     <hyperlink ref="H6" r:id="rId5"/>
     <hyperlink ref="H7" r:id="rId6"/>
+    <hyperlink ref="H8" r:id="rId7"/>
+    <hyperlink ref="H9" r:id="rId8"/>
+    <hyperlink ref="H10" r:id="rId9"/>
+    <hyperlink ref="H11" r:id="rId10"/>
+    <hyperlink ref="H12" r:id="rId11"/>
+    <hyperlink ref="H13" r:id="rId12"/>
+    <hyperlink ref="H14" r:id="rId13"/>
+    <hyperlink ref="H15" r:id="rId14"/>
+    <hyperlink ref="H16" r:id="rId15"/>
+    <hyperlink ref="H17" r:id="rId16"/>
+    <hyperlink ref="H18" r:id="rId17"/>
+    <hyperlink ref="H19" r:id="rId18"/>
+    <hyperlink ref="H20" r:id="rId19"/>
+    <hyperlink ref="H21" r:id="rId20"/>
+    <hyperlink ref="H22" r:id="rId21"/>
+    <hyperlink ref="H23" r:id="rId22"/>
+    <hyperlink ref="H24" r:id="rId23"/>
+    <hyperlink ref="H25" r:id="rId24"/>
+    <hyperlink ref="H26" r:id="rId25"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="0" orientation="portrait" r:id="rId7"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId26"/>
   <tableParts count="1">
-    <tablePart r:id="rId8"/>
+    <tablePart r:id="rId27"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QyAffidamentiTrasparenza</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>