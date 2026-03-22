--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -13,84 +13,84 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Area  amm. gare contratti legale r.u\Staff Trasparenza\CONVENZIONI\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6330" firstSheet="1" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="15250" windowHeight="5120" firstSheet="1" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Convenzioni_OBSOLETO" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Convenzioni" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Convenzioni!$A$2:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Convenzioni_OBSOLETO!$A$3:$AH$3</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Convenzioni!$A$1:$E$25</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Convenzioni_OBSOLETO!$A$1:$V$53</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="488" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="275">
   <si>
     <t>REGISTRO CONVENZIONI FVGS</t>
   </si>
   <si>
     <t>Ripristino/CORR</t>
   </si>
   <si>
     <t>Potenziamento/CIMP</t>
   </si>
   <si>
     <t>Somme urgenze ripristino/CORR</t>
   </si>
   <si>
     <t>Somme urgenze potenziamento/CIMP</t>
   </si>
   <si>
     <t>Delegazioni Amministrative/CIMP</t>
   </si>
   <si>
     <t>Programmi Nazionali/Protezione Civile</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Altro </t>
     </r>
@@ -1026,50 +1026,74 @@
     <t>Realizzazione e manutenzione aiuola rotatoria in Loc. Spessa lungo la SR 356 incrocio SR UD 48</t>
   </si>
   <si>
     <t>Comune di Cividale del Friuli</t>
   </si>
   <si>
     <t>Progettazione del sottopasso SR 677 e revisione rotatoria tra SS 14 e SR 677</t>
   </si>
   <si>
     <t xml:space="preserve">Aeroporto Friuli Venezia Giulia SPA </t>
   </si>
   <si>
     <t>Realizzazione di un percorso promiscuo ciclopedonale lungo la SR 463</t>
   </si>
   <si>
     <t>Comune di San Vito al Tagliamento</t>
   </si>
   <si>
     <t>Riqualificazione della viabilità dalla SR 177 alla SR 464 - Bretella di Barbeano</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Convenzione</t>
+  </si>
+  <si>
+    <t>Convenzione Giro 2026 Colloredo di M.A.</t>
+  </si>
+  <si>
+    <t>Comune di Colloredo di Monte Albano</t>
+  </si>
+  <si>
+    <t>Comune di Majano</t>
+  </si>
+  <si>
+    <t>Comune di Venzone</t>
+  </si>
+  <si>
+    <t>Comune di Aviano</t>
+  </si>
+  <si>
+    <t>Interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale sulle strade interessate dal Giro d'Italia 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Comune di Barcis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1228,51 +1252,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1476,58 +1500,71 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1663,99 +1700,111 @@
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="3" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Collegamento ipertestuale" xfId="2" builtinId="8"/>
     <cellStyle name="Hyperlink" xfId="3"/>
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -2023,176 +2072,176 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionefvg.sharepoint.com/:f:/s/IntranetFVGS/EnewELNKijRGkm4fwulRHyMBQvY9Z6V5q0YpzVWJOFTXpg?e=pJmqUc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29346/33_convenzione-fvgs-san-daniele-del-friuli-1-p7m?ext=.P7M&amp;v=21489" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29351/38_m-06-10rev01-sr177-convenzione-rilevatori-velocita-def-_firmato-pdf?ext=.pdf&amp;v=21494" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29359/47_convenzione-palmanova-pdf?ext=.pdf&amp;v=21502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29354/42_convenzione-pravisdomini-pdf?ext=.pdf&amp;v=21497" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29367/55_convenzione-uniud-pdf?ext=.pdf&amp;v=21510" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29340/27_alto-adriatico-fvg-strade-convenzione-reperibilita-2024__signed-pdf?ext=.pdf&amp;v=21483" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29345/32_convenzione-fvg-strade-firmata-pdf?ext=.pdf&amp;v=21488" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29350/37_convenzione-fvg-strade_comune-chions-firmato-pdf?ext=.pdf&amp;v=21493" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29358/46_convenzione-gorizia-pdf?ext=.pdf&amp;v=21501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29366/54_conv25_aeroportofvg_adp1-revis-signed_signed-pdf?ext=.pdf&amp;v=21509" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29335/21_dsc_fvg-strade-+-allegato-signed-pdf?ext=.pdf&amp;v=21478" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29349/36_convenzione-trasaghis-pdf-1-p7m?ext=.P7M&amp;v=21492" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29353/41_2024-10-30_convenzionefvgs-hyrogea_expistacarri_finale_signed-pdf?ext=.pdf&amp;v=21496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29362/50_convenzione-sacile-pdf?ext=.pdf&amp;v=21505" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29334/03_fvg-strade_insiel_convenzione-pdf?ext=.pdf&amp;v=21477" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29339/26_convenzione-tricesimo-protocollata-pdf?ext=.pdf&amp;v=21482" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29344/31_convenzione-fvg-strade-giro-ditalia_signed-pdf?ext=.pdf&amp;v=21487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29357/45_convenzione-fiume-veneto-pdf?ext=.pdf&amp;v=21500" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29365/53_convenzione-cividale-pdf?ext=.pdf&amp;v=21508" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29338/25_convenzione-torreano-protocollata-pdf?ext=.pdf&amp;v=21481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29348/35_convenzione-tolmezzo-p7m?ext=.P7M&amp;v=21491" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29356/44_convenzione-cormons-pdf?ext=.pdf&amp;v=21499" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29361/49_convenzione-pordenone-pdf?ext=.pdf&amp;v=21504" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29369/60_convenzione-edr-pn-fvgs_10_12_2025-pdf-p7m-p7m?ext=.p7m&amp;v=21512" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29343/30_convenzione-cavazzo-carnico-p7m?ext=.P7M&amp;v=21486" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29352/40_convenzione-bridge-constructions-fvg-strade-2024-25-firmata-pdf?ext=.pdf&amp;v=21495" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29364/52_convenzione-fontanafredda-pdf?ext=.pdf&amp;v=21507" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29337/23_convenzione-malborghetto-valbruna_signed-pdf?ext=.PDF&amp;v=21480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29342/29_atto-pdf-p7m-p7m-p7m-p7m-cc-pdf?ext=.pdf&amp;v=21485" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29347/34_convenzione-fvgs-sappada-pdf?ext=.pdf&amp;v=21490" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29355/43_convenzione-fvg-5-comune-san-canzian-disonzo-signed_signed-pdf?ext=.pdf&amp;v=21498" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29360/48_convenzione-porcia-pdf?ext=.pdf&amp;v=21503" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29363/51_convenzione-s-floriano-pdf?ext=.pdf&amp;v=21506" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29368/58_convenzione-san-vito-al-tagliamento-23-12-2025_signed_signed-pdf?ext=.pdf&amp;v=21511" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29341/28_convenzione_2024_of_enti_gestori_fvg_signed-pdf?ext=.pdf&amp;v=21484" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29336/22_convenzione-tarvisio-signed-pdf?ext=.PDF&amp;v=21479" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29346/33_convenzione-fvgs-san-daniele-del-friuli-1-p7m?ext=.P7M&amp;v=21489" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29351/38_m-06-10rev01-sr177-convenzione-rilevatori-velocita-def-_firmato-pdf?ext=.pdf&amp;v=21494" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29359/47_convenzione-palmanova-pdf?ext=.pdf&amp;v=21502" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29509/convenzione-giro-2026-osoppo-pdf?ext=.pdf&amp;v=21685" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29354/42_convenzione-pravisdomini-pdf?ext=.pdf&amp;v=21497" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29367/55_convenzione-uniud-pdf?ext=.pdf&amp;v=21510" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29547/convenzione-giro-2026-barcis-pdf?ext=.pdf&amp;v=21725" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29340/27_alto-adriatico-fvg-strade-convenzione-reperibilita-2024__signed-pdf?ext=.pdf&amp;v=21483" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29335/21_dsc_fvg-strade-+-allegato-signed-pdf?ext=.pdf&amp;v=21478" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29349/36_convenzione-trasaghis-pdf-1-p7m?ext=.P7M&amp;v=21492" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29353/41_2024-10-30_convenzionefvgs-hyrogea_expistacarri_finale_signed-pdf?ext=.pdf&amp;v=21496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29362/50_convenzione-sacile-pdf?ext=.pdf&amp;v=21505" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29511/convenzione-giro-2026-aviano-pdf?ext=.pdf&amp;v=21687" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29334/03_fvg-strade_insiel_convenzione-pdf?ext=.pdf&amp;v=21477" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29339/26_convenzione-tricesimo-protocollata-pdf?ext=.pdf&amp;v=21482" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29344/31_convenzione-fvg-strade-giro-ditalia_signed-pdf?ext=.pdf&amp;v=21487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29357/45_convenzione-fiume-veneto-pdf?ext=.pdf&amp;v=21500" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29365/53_convenzione-cividale-pdf?ext=.pdf&amp;v=21508" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29505/convenzione-giro-2026-colloredo-di-m-a-pdf?ext=.pdf&amp;v=21681" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29510/convenzione-giro-2026-venzone-pdf?ext=.pdf&amp;v=21686" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29338/25_convenzione-torreano-protocollata-pdf?ext=.pdf&amp;v=21481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29348/35_convenzione-tolmezzo-p7m?ext=.P7M&amp;v=21491" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29356/44_convenzione-cormons-pdf?ext=.pdf&amp;v=21499" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29361/49_convenzione-pordenone-pdf?ext=.pdf&amp;v=21504" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29369/60_convenzione-edr-pn-fvgs_10_12_2025-pdf-p7m-p7m?ext=.p7m&amp;v=21512" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29343/30_convenzione-cavazzo-carnico-p7m?ext=.P7M&amp;v=21486" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29352/40_convenzione-bridge-constructions-fvg-strade-2024-25-firmata-pdf?ext=.pdf&amp;v=21495" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29364/52_convenzione-fontanafredda-pdf?ext=.pdf&amp;v=21507" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29337/23_convenzione-malborghetto-valbruna_signed-pdf?ext=.PDF&amp;v=21480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29342/29_atto-pdf-p7m-p7m-p7m-p7m-cc-pdf?ext=.pdf&amp;v=21485" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29347/34_convenzione-fvgs-sappada-pdf?ext=.pdf&amp;v=21490" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29355/43_convenzione-fvg-5-comune-san-canzian-disonzo-signed_signed-pdf?ext=.pdf&amp;v=21498" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29360/48_convenzione-porcia-pdf?ext=.pdf&amp;v=21503" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29363/51_convenzione-s-floriano-pdf?ext=.pdf&amp;v=21506" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29368/58_convenzione-san-vito-al-tagliamento-23-12-2025_signed_signed-pdf?ext=.pdf&amp;v=21511" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29341/28_convenzione_2024_of_enti_gestori_fvg_signed-pdf?ext=.pdf&amp;v=21484" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29336/22_convenzione-tarvisio-signed-pdf?ext=.PDF&amp;v=21479" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29345/32_convenzione-fvg-strade-firmata-pdf?ext=.pdf&amp;v=21488" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29350/37_convenzione-fvg-strade_comune-chions-firmato-pdf?ext=.pdf&amp;v=21493" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29358/46_convenzione-gorizia-pdf?ext=.pdf&amp;v=21501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29366/54_conv25_aeroportofvg_adp1-revis-signed_signed-pdf?ext=.pdf&amp;v=21509" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29508/convenzione-giro-2026-majano-pdf?ext=.pdf&amp;v=21684" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD53"/>
   <sheetViews>
     <sheetView topLeftCell="H1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="60" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A31" activePane="bottomLeft" state="frozenSplit"/>
       <selection pane="bottomLeft" activeCell="N32" sqref="N32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="6" style="7" customWidth="1"/>
     <col min="2" max="2" width="13.54296875" style="13" customWidth="1"/>
     <col min="3" max="3" width="16.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="34.26953125" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.26953125" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.453125" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.81640625" style="1" customWidth="1"/>
     <col min="10" max="10" width="16.7265625" style="1" customWidth="1"/>
     <col min="11" max="11" width="17.7265625" style="1" customWidth="1"/>
     <col min="12" max="12" width="15.81640625" style="1" customWidth="1"/>
     <col min="13" max="13" width="27.453125" style="1" customWidth="1"/>
     <col min="14" max="14" width="38" style="51" customWidth="1"/>
     <col min="15" max="15" width="15.81640625" style="1" customWidth="1"/>
     <col min="16" max="16" width="16.54296875" style="1" customWidth="1"/>
     <col min="17" max="17" width="13.54296875" style="13" customWidth="1"/>
     <col min="18" max="18" width="25.81640625" style="1" customWidth="1"/>
     <col min="19" max="19" width="13.54296875" style="13" customWidth="1"/>
     <col min="20" max="20" width="28.453125" style="1" customWidth="1"/>
     <col min="21" max="21" width="13.54296875" style="13" customWidth="1"/>
     <col min="22" max="22" width="30.81640625" style="1" customWidth="1"/>
     <col min="23" max="30" width="8.81640625" style="1" hidden="1" customWidth="1"/>
     <col min="31" max="34" width="8.81640625" style="1" customWidth="1"/>
     <col min="35" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="61" t="s">
+      <c r="A1" s="73" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="62"/>
-[...19 lines deleted...]
-      <c r="V1" s="64"/>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+      <c r="L1" s="74"/>
+      <c r="M1" s="74"/>
+      <c r="N1" s="74"/>
+      <c r="O1" s="74"/>
+      <c r="P1" s="74"/>
+      <c r="Q1" s="74"/>
+      <c r="R1" s="74"/>
+      <c r="S1" s="74"/>
+      <c r="T1" s="74"/>
+      <c r="U1" s="75"/>
+      <c r="V1" s="76"/>
       <c r="W1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="X1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="Y1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="AA1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="AB1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="AC1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="AD1" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:30" s="21" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="68" t="s">
+      <c r="A2" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="66"/>
-[...7 lines deleted...]
-      <c r="J2" s="67"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+      <c r="J2" s="79"/>
       <c r="K2" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="L2" s="65" t="s">
+      <c r="L2" s="77" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="66"/>
-[...1 lines deleted...]
-      <c r="O2" s="65" t="s">
+      <c r="M2" s="78"/>
+      <c r="N2" s="79"/>
+      <c r="O2" s="77" t="s">
         <v>12</v>
       </c>
-      <c r="P2" s="67"/>
-      <c r="Q2" s="65" t="s">
+      <c r="P2" s="79"/>
+      <c r="Q2" s="77" t="s">
         <v>13</v>
       </c>
-      <c r="R2" s="66"/>
-[...2 lines deleted...]
-      <c r="U2" s="67"/>
+      <c r="R2" s="78"/>
+      <c r="S2" s="78"/>
+      <c r="T2" s="78"/>
+      <c r="U2" s="79"/>
       <c r="V2" s="20"/>
     </row>
     <row r="3" spans="1:30" s="2" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="34" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="35" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="33" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="15" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="33" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="33" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="15" t="s">
         <v>20</v>
       </c>
       <c r="H3" s="15" t="s">
@@ -4200,825 +4249,929 @@
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M4:M53">
       <formula1>$W$1:$AD$1</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="T23" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="47" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;"DecimaWE Bold,Grassetto"&amp;14REGISTRO CONVENZIONI&amp;R&amp;"DecimaWE Bold,Grassetto"&amp;14M 06.09 Rev01</oddHeader>
     <oddFooter>&amp;L&amp;"DecimaWE Regular,Normale"&amp;10M 06.09 Rev01 Registro convenzioni di data 08/08/2022&amp;11
 &amp;R&amp;"DecimaWE Regular,Normale"&amp;10Pagina &amp;P di &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AG38"/>
+  <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="60" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A36" sqref="A36"/>
+      <pane ySplit="1" topLeftCell="A40" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B50" sqref="B50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="6" style="77" customWidth="1"/>
-    <col min="2" max="2" width="93.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="6" style="67" customWidth="1"/>
+    <col min="2" max="2" width="102.26953125" style="1" customWidth="1"/>
     <col min="3" max="3" width="26.36328125" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.54296875" style="13" customWidth="1"/>
     <col min="5" max="5" width="30.81640625" style="1" customWidth="1"/>
     <col min="6" max="15" width="8.81640625" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="17" width="8.81640625" style="1" customWidth="1"/>
     <col min="18" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="57.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="69" t="s">
+      <c r="A1" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="69"/>
-[...2 lines deleted...]
-      <c r="E1" s="69"/>
+      <c r="B1" s="81"/>
+      <c r="C1" s="81"/>
+      <c r="D1" s="81"/>
+      <c r="E1" s="81"/>
       <c r="F1" s="55" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>226</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="2" spans="1:15" s="2" customFormat="1" ht="27" x14ac:dyDescent="0.35">
-      <c r="A2" s="75" t="s">
+      <c r="A2" s="65" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="35" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="36" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A3" s="76">
+      <c r="A3" s="66">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D3" s="56" t="s">
         <v>68</v>
       </c>
       <c r="E3" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A4" s="76">
+      <c r="A4" s="66">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>183</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>175</v>
       </c>
       <c r="D4" s="57">
         <v>44963</v>
       </c>
       <c r="E4" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="5" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="76">
+    <row r="5" spans="1:15" ht="29" x14ac:dyDescent="0.35">
+      <c r="A5" s="66">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>190</v>
       </c>
       <c r="D5" s="59">
         <v>44981</v>
       </c>
       <c r="E5" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="76">
+    <row r="6" spans="1:15" ht="29" x14ac:dyDescent="0.35">
+      <c r="A6" s="66">
         <v>4</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>193</v>
       </c>
       <c r="D6" s="59">
         <v>44981</v>
       </c>
       <c r="E6" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A7" s="76">
+      <c r="A7" s="66">
         <v>5</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>200</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>201</v>
       </c>
       <c r="D7" s="57">
         <v>45246</v>
       </c>
-      <c r="E7" s="70" t="s">
+      <c r="E7" s="61" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A8" s="76">
+      <c r="A8" s="66">
         <v>6</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>125</v>
       </c>
       <c r="D8" s="57">
         <v>45243</v>
       </c>
-      <c r="E8" s="70" t="s">
+      <c r="E8" s="61" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="76">
+      <c r="A9" s="66">
         <v>7</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>214</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>215</v>
       </c>
       <c r="D9" s="57">
         <v>45336</v>
       </c>
       <c r="E9" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="76">
+    <row r="10" spans="1:15" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="66">
         <v>8</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>220</v>
       </c>
       <c r="D10" s="12">
         <v>45371</v>
       </c>
       <c r="E10" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="76">
+    <row r="11" spans="1:15" ht="29" x14ac:dyDescent="0.35">
+      <c r="A11" s="66">
         <v>9</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>228</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>223</v>
       </c>
       <c r="D11" s="12">
         <v>45601</v>
       </c>
       <c r="E11" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A12" s="76">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A12" s="66">
         <v>10</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>230</v>
       </c>
       <c r="D12" s="12">
         <v>45369</v>
       </c>
       <c r="E12" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A13" s="76">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A13" s="66">
         <v>11</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D13" s="12">
         <v>45327</v>
       </c>
       <c r="E13" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A14" s="76">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A14" s="66">
         <v>12</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>232</v>
       </c>
       <c r="D14" s="12">
         <v>45350</v>
       </c>
       <c r="E14" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="15" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A15" s="76">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A15" s="66">
         <v>13</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>233</v>
       </c>
       <c r="D15" s="12">
         <v>45334</v>
       </c>
       <c r="E15" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="16" spans="1:15" ht="29" x14ac:dyDescent="0.35">
-      <c r="A16" s="76">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A16" s="66">
         <v>14</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>234</v>
       </c>
       <c r="D16" s="12">
         <v>45334</v>
       </c>
       <c r="E16" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A17" s="76">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" s="66">
         <v>15</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>235</v>
       </c>
       <c r="D17" s="12">
         <v>45369</v>
       </c>
       <c r="E17" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A18" s="76">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" s="66">
         <v>16</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>236</v>
       </c>
       <c r="D18" s="12">
         <v>45334</v>
       </c>
       <c r="E18" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A19" s="76">
+      <c r="A19" s="66">
         <v>17</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>237</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>238</v>
       </c>
       <c r="D19" s="12">
         <v>45356</v>
       </c>
       <c r="E19" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A20" s="76">
+    <row r="20" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A20" s="66">
         <v>18</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>240</v>
       </c>
       <c r="D20" s="12">
         <v>45384</v>
       </c>
       <c r="E20" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A21" s="76">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" s="66">
         <v>19</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>133</v>
       </c>
       <c r="D21" s="12">
         <v>45432</v>
       </c>
       <c r="E21" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A22" s="76">
+      <c r="A22" s="66">
         <v>20</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>241</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>242</v>
       </c>
       <c r="D22" s="12">
         <v>45601</v>
       </c>
       <c r="E22" s="58" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A23" s="76">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" s="66">
         <v>21</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>244</v>
       </c>
       <c r="D23" s="12">
         <v>45828</v>
       </c>
       <c r="E23" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A24" s="76">
+      <c r="A24" s="66">
         <v>22</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>245</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>246</v>
       </c>
       <c r="D24" s="12">
         <v>45674</v>
       </c>
       <c r="E24" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A25" s="76">
+      <c r="A25" s="66">
         <v>23</v>
       </c>
       <c r="B25" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>248</v>
       </c>
       <c r="D25" s="12">
         <v>45713</v>
       </c>
-      <c r="E25" s="71" t="s">
+      <c r="E25" s="62" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A26" s="76">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" s="66">
         <v>24</v>
       </c>
       <c r="B26" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>249</v>
       </c>
       <c r="D26" s="12">
         <v>45706</v>
       </c>
-      <c r="E26" s="72" t="s">
+      <c r="E26" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A27" s="76">
+      <c r="A27" s="66">
         <v>25</v>
       </c>
       <c r="B27" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>250</v>
       </c>
       <c r="D27" s="12">
         <v>45713</v>
       </c>
-      <c r="E27" s="72" t="s">
+      <c r="E27" s="63" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A28" s="76">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" s="66">
         <v>26</v>
       </c>
       <c r="B28" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>251</v>
       </c>
       <c r="D28" s="60">
         <v>45761</v>
       </c>
-      <c r="E28" s="72" t="s">
+      <c r="E28" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A29" s="76">
+      <c r="A29" s="66">
         <v>27</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>252</v>
       </c>
       <c r="D29" s="12">
         <v>45728</v>
       </c>
-      <c r="E29" s="72" t="s">
+      <c r="E29" s="63" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A30" s="76">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A30" s="66">
         <v>28</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>253</v>
       </c>
       <c r="D30" s="12">
         <v>45716</v>
       </c>
-      <c r="E30" s="72" t="s">
+      <c r="E30" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A31" s="76">
+      <c r="A31" s="66">
         <v>29</v>
       </c>
       <c r="B31" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>254</v>
       </c>
       <c r="D31" s="60">
         <v>45737</v>
       </c>
-      <c r="E31" s="72" t="s">
+      <c r="E31" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A32" s="76">
+      <c r="A32" s="66">
         <v>30</v>
       </c>
       <c r="B32" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D32" s="12">
         <v>45705</v>
       </c>
-      <c r="E32" s="72" t="s">
+      <c r="E32" s="63" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A33" s="76">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" s="66">
         <v>31</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>256</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>257</v>
       </c>
       <c r="D33" s="60">
         <v>45789</v>
       </c>
-      <c r="E33" s="73" t="s">
+      <c r="E33" s="64" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="34" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A34" s="76">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" s="66">
         <v>32</v>
       </c>
       <c r="B34" s="47" t="s">
         <v>258</v>
       </c>
       <c r="C34" s="47" t="s">
         <v>259</v>
       </c>
       <c r="D34" s="60">
         <v>45792</v>
       </c>
-      <c r="E34" s="72" t="s">
+      <c r="E34" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A35" s="76">
+      <c r="A35" s="66">
         <v>33</v>
       </c>
       <c r="B35" s="47" t="s">
         <v>260</v>
       </c>
       <c r="C35" s="47" t="s">
         <v>261</v>
       </c>
       <c r="D35" s="60">
         <v>45820</v>
       </c>
-      <c r="E35" s="72" t="s">
+      <c r="E35" s="63" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A36" s="76">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" s="66">
         <v>34</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>133</v>
       </c>
       <c r="D36" s="60">
         <v>45792</v>
       </c>
       <c r="E36" s="58" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="29" x14ac:dyDescent="0.35">
-      <c r="A37" s="76">
+      <c r="A37" s="66">
         <v>35</v>
       </c>
       <c r="B37" s="47" t="s">
         <v>262</v>
       </c>
       <c r="C37" s="47" t="s">
         <v>263</v>
       </c>
       <c r="D37" s="60">
         <v>46015</v>
       </c>
-      <c r="E37" s="72" t="s">
+      <c r="E37" s="63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A38" s="76">
+      <c r="A38" s="68">
         <v>36</v>
       </c>
-      <c r="B38" s="47" t="s">
+      <c r="B38" s="69" t="s">
         <v>264</v>
       </c>
-      <c r="C38" s="47" t="s">
+      <c r="C38" s="69" t="s">
         <v>85</v>
       </c>
-      <c r="D38" s="60">
+      <c r="D38" s="70">
         <v>46003</v>
       </c>
-      <c r="E38" s="74" t="s">
+      <c r="E38" s="71" t="s">
         <v>266</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A39" s="72">
+        <v>37</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D39" s="12">
+        <v>46086</v>
+      </c>
+      <c r="E39" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="72">
+        <v>38</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D40" s="12">
+        <v>46086</v>
+      </c>
+      <c r="E40" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="72">
+        <v>39</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D41" s="12">
+        <v>46086</v>
+      </c>
+      <c r="E41" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="20" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="72">
+        <v>40</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="D42" s="12">
+        <v>46086</v>
+      </c>
+      <c r="E42" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="72">
+        <v>41</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="D43" s="12">
+        <v>46086</v>
+      </c>
+      <c r="E43" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A44" s="72">
+        <v>42</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="D44" s="12">
+        <v>46093</v>
+      </c>
+      <c r="E44" s="58" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="B48" s="1" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:E2"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId1"/>
     <hyperlink ref="E4" r:id="rId2"/>
     <hyperlink ref="E5" r:id="rId3"/>
     <hyperlink ref="E6" r:id="rId4"/>
     <hyperlink ref="E7" r:id="rId5"/>
     <hyperlink ref="E8" r:id="rId6"/>
     <hyperlink ref="E9" r:id="rId7"/>
     <hyperlink ref="E10" r:id="rId8"/>
     <hyperlink ref="E11" r:id="rId9"/>
     <hyperlink ref="E12" r:id="rId10"/>
     <hyperlink ref="E13" r:id="rId11"/>
     <hyperlink ref="E14" r:id="rId12"/>
     <hyperlink ref="E15" r:id="rId13"/>
     <hyperlink ref="E16" r:id="rId14"/>
     <hyperlink ref="E17" r:id="rId15"/>
     <hyperlink ref="E18" r:id="rId16"/>
     <hyperlink ref="E19" r:id="rId17"/>
     <hyperlink ref="E20" r:id="rId18"/>
     <hyperlink ref="E21" r:id="rId19"/>
     <hyperlink ref="E22" r:id="rId20"/>
     <hyperlink ref="E23" r:id="rId21"/>
     <hyperlink ref="E24" r:id="rId22"/>
     <hyperlink ref="E25" r:id="rId23"/>
     <hyperlink ref="E26" r:id="rId24"/>
     <hyperlink ref="E27" r:id="rId25"/>
     <hyperlink ref="E28" r:id="rId26"/>
     <hyperlink ref="E29" r:id="rId27"/>
     <hyperlink ref="E30" r:id="rId28"/>
     <hyperlink ref="E31" r:id="rId29"/>
     <hyperlink ref="E32" r:id="rId30"/>
     <hyperlink ref="E33" r:id="rId31"/>
     <hyperlink ref="E34" r:id="rId32"/>
     <hyperlink ref="E35" r:id="rId33"/>
     <hyperlink ref="E36" r:id="rId34"/>
     <hyperlink ref="E37" r:id="rId35"/>
     <hyperlink ref="E38" r:id="rId36"/>
+    <hyperlink ref="E39" r:id="rId37"/>
+    <hyperlink ref="E40" r:id="rId38"/>
+    <hyperlink ref="E41" r:id="rId39"/>
+    <hyperlink ref="E42" r:id="rId40"/>
+    <hyperlink ref="E43" r:id="rId41"/>
+    <hyperlink ref="E44" r:id="rId42"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="47" fitToHeight="0" orientation="landscape" r:id="rId37"/>
+  <pageSetup paperSize="8" scale="47" fitToHeight="0" orientation="landscape" r:id="rId43"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;"DecimaWE Bold,Grassetto"&amp;14REGISTRO CONVENZIONI&amp;R&amp;"DecimaWE Bold,Grassetto"&amp;14M 06.09 Rev02</oddHeader>
     <oddFooter>&amp;L&amp;"DecimaWE Regular,Normale"&amp;10M 06.09 Rev02 Registro convenzioni di data 29/01/2024&amp;11
 &amp;R&amp;"DecimaWE Regular,Normale"&amp;10Pagina &amp;P di &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawingHF r:id="rId38"/>
+  <legacyDrawingHF r:id="rId44"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="18783009-4f03-4127-8e7c-dbb11516f2ab">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b208dd21-a61f-4347-9e22-82d7c05f121f" xsi:nil="true"/>
     <Oggetto xmlns="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100EF74963DACB0C64A9C879FCD0C230281" ma:contentTypeVersion="19" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="440282ab8dd141ebdf3a16216a13e52a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b208dd21-a61f-4347-9e22-82d7c05f121f" xmlns:ns3="18783009-4f03-4127-8e7c-dbb11516f2ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80471bfc119368e5afa4a5afbf2262d3" ns2:_="" ns3:_="">
     <xsd:import namespace="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
     <xsd:import namespace="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:Oggetto"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -5237,90 +5390,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3328D8EA-7C16-4DEC-8EFE-1A3D0982CE48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A8996FF-5BBD-4643-A722-0866870FF2E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A8996FF-5BBD-4643-A722-0866870FF2E8}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14503C06-1F48-4D90-8725-3C1F5DC8DA8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
     <ds:schemaRef ds:uri="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3328D8EA-7C16-4DEC-8EFE-1A3D0982CE48}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>